--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -97,98 +97,102 @@
           <w:bCs w:val="0"/>
           <w:rtl/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>های داخل دانشگاه</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC0522" w:rsidRDefault="00444FC2" w:rsidP="00AC0522">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Mitra"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cs="Mitra"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
+          <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2107565</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>87630</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="2286000" cy="571500"/>
-                <wp:effectExtent l="57150" t="38100" r="76200" b="95250"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="13" name="Text Box 18"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="2286000" cy="571500"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:ln>
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst/>
                       </wps:spPr>
                       <wps:style>
-                        <a:lnRef idx="1">
-                          <a:schemeClr val="accent4"/>
+                        <a:lnRef idx="2">
+                          <a:schemeClr val="accent5"/>
                         </a:lnRef>
-                        <a:fillRef idx="2">
-                          <a:schemeClr val="accent4"/>
+                        <a:fillRef idx="1">
+                          <a:schemeClr val="lt1"/>
                         </a:fillRef>
-                        <a:effectRef idx="1">
-                          <a:schemeClr val="accent4"/>
+                        <a:effectRef idx="0">
+                          <a:schemeClr val="accent5"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="dk1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w:rsidR="003301F4" w:rsidRPr="00D53D05" w:rsidRDefault="003301F4" w:rsidP="003301F4">
                             <w:pPr>
                               <w:bidi/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="B Nazanin"/>
                                 <w:rtl/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="00D53D05">
                               <w:rPr>
                                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t>فرم شماره</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
@@ -244,53 +248,51 @@
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 18" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:165.95pt;margin-top:6.9pt;width:180pt;height:45pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBtLphYSwIAANgEAAAOAAAAZHJzL2Uyb0RvYy54bWysVN1u0zAUvkfiHSzfs6Sh3UrUdBodIKTx&#10;IzYewHWcxprjY2y3SXl6ju0srQDtAnFjHfuc7zv/Xl0PnSIHYZ0EXdHZRU6J0BxqqXcV/f7w/tWS&#10;EueZrpkCLSp6FI5er1++WPWmFAW0oGphCZJoV/amoq33pswyx1vRMXcBRmhUNmA75vFqd1ltWY/s&#10;ncqKPL/MerC1scCFc/h6m5R0HfmbRnD/pWmc8ERVFGPz8bTx3IYzW69YubPMtJKPYbB/iKJjUqPT&#10;ieqWeUb2Vv5B1UluwUHjLzh0GTSN5CLmgNnM8t+yuW+ZETEXLI4zU5nc/6Plnw9fLZE19u41JZp1&#10;2KMHMXjyFgYyW4b69MaVaHZv0NAP+I62MVdn7oA/OqJh0zK9EzfWQt8KVmN8s4DMzqCJxwWSbf8J&#10;avTD9h4i0dDYLhQPy0GQHft0nHoTYuH4WBTLyzxHFUfd4mq2QDm4YOUT2ljnPwjoSBAqarH3kZ0d&#10;7pxPpk8mwZnS4QzhvtM1qlnpmVRJRtakRu8jOKQSoh/z8EclEss30WD9TkUJkys2ypIDw5ljnAvt&#10;52OoSqN1gDVSqQlYpGo+BxztA1TEqZ7AYyueA0+I6Bm0n8Cd1GD/5r1+TA3ESJP92EyX8g7F8MN2&#10;wLIFcQv1EftqIa0XfgcotGB/UtLjalXU/dgzKyhRHzXOxpvZfB52MV7mi6sCL/Zcsz3XMM2RqqKe&#10;kiRufNrfvbFy16KnVAINNzhPjYytPkU1Bo7rE4dlXPWwn+f3aHX6kNa/AAAA//8DAFBLAwQUAAYA&#10;CAAAACEAt3lNotoAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7WVuFE7jahI&#10;GqdClcKNA6Uf4MZLEjW2I3ubhr9ne4Ljzoxm31T7xY1ixpiG4DVkawUCfRvs4DsNp6/m+RVEIuOt&#10;GYNHDT+YYF8/PlSmtOHmP3E+Uie4xKfSaOiJplLK1PboTFqHCT173yE6Q3zGTtpoblzuRrlRaiud&#10;GTx/6M2Ehx7by/HqNISXvAk0X2KXHQpq6ONdTbTR+mm1vO1AEC70F4Y7PqNDzUzncPU2iVFDnmcF&#10;R9nIeQIHtsVdOLOgWJF1Jf9PqH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YA&#10;AACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAbS6YWEsC&#10;AADYBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAt3lN&#10;otoAAAAKAQAADwAAAAAAAAAAAAAAAAClBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAA&#10;AKwFAAAAAA==&#10;" fillcolor="#bfb1d0 [1623]" strokecolor="#795d9b [3047]">
-[...1 lines deleted...]
-                <v:shadow on="t" color="black" opacity="24903f" origin=",.5" offset="0,.55556mm"/>
+              <v:shape id="Text Box 18" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:165.95pt;margin-top:6.9pt;width:180pt;height:45pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAdDPG4XgIAAAcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNtu2zAMfR+wfxD0vtrJkjYz4hRdug4D&#10;ugvW7gMUWY6FyqImKbHTrx8lOW7aDRgw7EWgRPKQhxctL/tWkb2wToIu6eQsp0RoDpXU25L+uL95&#10;s6DEeaYrpkCLkh6Eo5er16+WnSnEFBpQlbAEQbQrOlPSxntTZJnjjWiZOwMjNCprsC3zeLXbrLKs&#10;Q/RWZdM8P886sJWxwIVz+HqdlHQV8etacP+1rp3wRJUUc/PxtPHchDNbLVmxtcw0kg9psH/IomVS&#10;Y9AR6pp5RnZW/gbVSm7BQe3POLQZ1LXkInJANpP8BZu7hhkRuWBxnBnL5P4fLP+y/2aJrLB3bynR&#10;rMUe3Yvek/fQk8ki1KczrkCzO4OGvsd3tI1cnbkF/uCIhnXD9FZcWQtdI1iF+U2CZ3bimnBcANl0&#10;n6HCOGznIQL1tW1D8bAcBNGxT4exNyEXjo/T6eI8z1HFUTe/mMxRDiFYcfQ21vmPAloShJJa7H1E&#10;Z/tb55Pp0SQEUzqcDpSsbqRS8RKmTqyVJXuG8+L7xOKFVWD4QVeIyArPpEoyJpIQMeEhXmAfCA/U&#10;/UGJFPi7qLHkgVSq4/OwjHOh/XxgpzRaB7cakxwdhwY8d1T+mO9gG9xEXILRMf97xNEjRgXtR+dW&#10;arB/AqgexsjJfui9S5xDIXy/6bFkQdxAdcAxsJC2EX8PFBqwj5R0uIkldT93zApK1CeNo/RuMpuF&#10;1Y2X2fxiihd7qtmcapjmCIXNoySJa5/WfWes3DYYKdVOwxWOXy3jZDxlNSSO2xZna/gZwjqf3qPV&#10;0/+1+gUAAP//AwBQSwMEFAAGAAgAAAAhAF6rP0HeAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FrAjEQhe8F/0MYoRepiV0qut2siCAttJdqode4me4uJpNlE3XbX9/xVI/z3uPN94rV4J04Yx/b&#10;QBpmUwUCqQq2pVrD5377sAARkyFrXCDU8IMRVuXorjC5DRf6wPMu1YJLKOZGQ5NSl0sZqwa9idPQ&#10;IbH3HXpvEp99LW1vLlzunXxUai69aYk/NKbDTYPVcXfyGvZP72+biXvxk7ZS8vd14SJ+bbW+Hw/r&#10;ZxAJh/Qfhis+o0PJTIdwIhuF05BlsyVH2ch4Agfmy6twYEGxIstC3k4o/wAAAP//AwBQSwECLQAU&#10;AAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnht&#10;bFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVs&#10;c1BLAQItABQABgAIAAAAIQAdDPG4XgIAAAcFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9j&#10;LnhtbFBLAQItABQABgAIAAAAIQBeqz9B3gAAAAoBAAAPAAAAAAAAAAAAAAAAALgEAABkcnMvZG93&#10;bnJldi54bWxQSwUGAAAAAAQABADzAAAAwwUAAAAA&#10;" fillcolor="white [3201]" strokecolor="black [3213]" strokeweight="2pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="003301F4" w:rsidRPr="00D53D05" w:rsidRDefault="003301F4" w:rsidP="003301F4">
                       <w:pPr>
                         <w:bidi/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:cs="B Nazanin"/>
                           <w:rtl/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D53D05">
                         <w:rPr>
                           <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>فرم شماره</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t xml:space="preserve"> 11-2</w:t>
                       </w:r>
@@ -331,81 +333,81 @@
                         <w:t></w:t>
                       </w:r>
                       <w:r w:rsidRPr="002652A3">
                         <w:rPr>
                           <w:rFonts w:cs="B Mitra" w:hint="cs"/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>تجهيزات</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AC0522" w:rsidRDefault="00AC0522" w:rsidP="00AC0522">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:cs="Mitra" w:hint="cs"/>
+          <w:rFonts w:cs="Mitra"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00AC0522" w:rsidRDefault="00AC0522" w:rsidP="00AC0522">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Mitra"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00B009EE" w:rsidRPr="005529D8" w:rsidRDefault="00B009EE" w:rsidP="00B009EE">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Mitra"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00C67549" w:rsidRPr="00B009EE" w:rsidRDefault="008B0352" w:rsidP="00D57C9A">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B009EE">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C67549" w:rsidRPr="00B009EE">
         <w:rPr>
           <w:rFonts w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:rtl/>
@@ -3830,223 +3832,224 @@
       <w:r w:rsidRPr="005529D8">
         <w:rPr>
           <w:rFonts w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>امور اداری/ امور مالی جهت اطلاع و درج در سوابق</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00DE2262" w:rsidRPr="005529D8" w:rsidSect="005529D8">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="284" w:right="851" w:bottom="0" w:left="851" w:header="1008" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00894167" w:rsidRDefault="00894167">
+    <w:p w:rsidR="00CB3BBF" w:rsidRDefault="00CB3BBF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00894167" w:rsidRDefault="00894167">
+    <w:p w:rsidR="00CB3BBF" w:rsidRDefault="00CB3BBF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Nazanin">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+    <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Zar">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="IPT.Nazanin.Outline">
     <w:altName w:val="Symbol"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Titr">
     <w:panose1 w:val="00000700000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mitra">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+    <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Nazanin">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Mitra">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Homa">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
-    <w:panose1 w:val="020B0704020202020204"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00894167" w:rsidRDefault="00894167">
+    <w:p w:rsidR="00CB3BBF" w:rsidRDefault="00CB3BBF">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00894167" w:rsidRDefault="00894167">
+    <w:p w:rsidR="00CB3BBF" w:rsidRDefault="00CB3BBF">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00D57C9A" w:rsidRDefault="00B61B05" w:rsidP="00F26BCC">
     <w:pPr>
       <w:bidi/>
       <w:rPr>
         <w:rFonts w:cs="Mitra"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:cs="Mitra"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:noProof/>
+        <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656192" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="20EF6E8E" wp14:editId="1C710C57">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5671185</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-175260</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="452755" cy="501650"/>
           <wp:effectExtent l="0" t="0" r="4445" b="0"/>
           <wp:wrapTopAndBottom/>
           <wp:docPr id="2" name="Picture 2"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -4073,50 +4076,51 @@
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="002F5BE5">
       <w:rPr>
         <w:noProof/>
+        <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2C42F793" wp14:editId="20208DB5">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>2879090</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-173356</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="852170" cy="504825"/>
               <wp:effectExtent l="0" t="0" r="5080" b="9525"/>
               <wp:wrapNone/>
               <wp:docPr id="14" name="Text Box 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
@@ -4145,121 +4149,158 @@
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w:rsidR="00F26BCC" w:rsidRPr="002F5BE5" w:rsidRDefault="00F26BCC" w:rsidP="00F26BCC">
                           <w:pPr>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:cs="B Mitra"/>
                               <w:b/>
                               <w:bCs w:val="0"/>
                               <w:sz w:val="21"/>
                               <w:szCs w:val="21"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="002F5BE5">
                             <w:rPr>
                               <w:rFonts w:cs="B Mitra" w:hint="cs"/>
                               <w:b/>
                               <w:bCs w:val="0"/>
                               <w:rtl/>
                             </w:rPr>
-                            <w:t>بسمه تعالی</w:t>
+                            <w:t>ب</w:t>
+                          </w:r>
+                          <w:r w:rsidR="00417F0B">
+                            <w:rPr>
+                              <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+                              <w:b/>
+                              <w:bCs w:val="0"/>
+                              <w:rtl/>
+                            </w:rPr>
+                            <w:t>ا</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="002F5BE5">
+                            <w:rPr>
+                              <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+                              <w:b/>
+                              <w:bCs w:val="0"/>
+                              <w:rtl/>
+                            </w:rPr>
+                            <w:t>سمه تعالی</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="2C42F793" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 2" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:226.7pt;margin-top:-13.65pt;width:67.1pt;height:39.75pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAgk74WgAIAAA8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVFtv2yAUfp+0/4B4T32R08RWnapNlmlS&#10;d5Ha/QACOEbDwIDE7qb+9x1wkqa7SNM0P2AO5/Cd23e4uh46ifbcOqFVjbOLFCOuqGZCbWv8+WE9&#10;mWPkPFGMSK14jR+5w9eL16+uelPxXLdaMm4RgChX9abGrfemShJHW94Rd6ENV6BstO2IB9FuE2ZJ&#10;D+idTPI0vUx6bZmxmnLn4HQ1KvEi4jcNp/5j0zjukawxxObjauO6CWuyuCLV1hLTCnoIg/xDFB0R&#10;CpyeoFbEE7Sz4heoTlCrnW78BdVdoptGUB5zgGyy9Kds7ltieMwFiuPMqUzu/8HSD/tPFgkGvSsw&#10;UqSDHj3wwaNbPaA8lKc3rgKrewN2foBjMI2pOnOn6ReHlF62RG35jbW6bzlhEF4WbiZnV0ccF0A2&#10;/XvNwA3ZeR2BhsZ2oXZQDQTo0KbHU2tCKBQO59M8m4GGgmqaFvN8Gj2Q6njZWOffct2hsKmxhc5H&#10;cLK/cz4EQ6qjSfDltBRsLaSMgt1ultKiPQGWrON3QH9hJlUwVjpcGxHHE4gRfARdiDZ2/XuZ5UV6&#10;m5eT9eV8NinWxXRSztL5JM3K2/IyLcpitX4KAWZF1QrGuLoTih8ZmBV/1+HDLIzciRxEfY3LKVQn&#10;5vXHJNP4/S7JTngYSCk6qPnJiFShr28Ug7RJ5YmQ4z55GX6sMtTg+I9ViSwIjR8p4IfNACiBGhvN&#10;HoEPVkO/oLXwisCm1fYbRj1MZI3d1x2xHCP5TgGnyqwowghHoZjOchDsuWZzriGKAlSNPUbjdunH&#10;sd8ZK7YteBpZrPQN8LARkSPPUR3YC1MXkzm8EGGsz+Vo9fyOLX4AAAD//wMAUEsDBBQABgAIAAAA&#10;IQD+5h8z3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3SPyDNUhsUOuQ5lFCnAqQ&#10;QGxb+gGTeJpExOModpv07zEr2M1oju6cW+4WM4gLTa63rOBxHYEgbqzuuVVw/HpfbUE4j6xxsEwK&#10;ruRgV93elFhoO/OeLgffihDCrkAFnfdjIaVrOjLo1nYkDreTnQz6sE6t1BPOIdwMMo6iTBrsOXzo&#10;cKS3jprvw9koOH3OD+nTXH/4Y75Pslfs89pelbq/W16eQXha/B8Mv/pBHargVNszaycGBUm6SQKq&#10;YBXnGxCBSLd5BqIOQxyDrEr5v0L1AwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACCTvhaA&#10;AgAADwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAP7m&#10;HzPfAAAACgEAAA8AAAAAAAAAAAAAAAAA2gQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AADmBQAAAAA=&#10;" stroked="f">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w:rsidR="00F26BCC" w:rsidRPr="002F5BE5" w:rsidRDefault="00F26BCC" w:rsidP="00F26BCC">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:cs="B Mitra"/>
                         <w:b/>
                         <w:bCs w:val="0"/>
                         <w:sz w:val="21"/>
                         <w:szCs w:val="21"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="002F5BE5">
                       <w:rPr>
                         <w:rFonts w:cs="B Mitra" w:hint="cs"/>
                         <w:b/>
                         <w:bCs w:val="0"/>
                         <w:rtl/>
                       </w:rPr>
-                      <w:t>بسمه تعالی</w:t>
+                      <w:t>ب</w:t>
+                    </w:r>
+                    <w:r w:rsidR="00417F0B">
+                      <w:rPr>
+                        <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+                        <w:b/>
+                        <w:bCs w:val="0"/>
+                        <w:rtl/>
+                      </w:rPr>
+                      <w:t>ا</w:t>
+                    </w:r>
+                    <w:r w:rsidRPr="002F5BE5">
+                      <w:rPr>
+                        <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+                        <w:b/>
+                        <w:bCs w:val="0"/>
+                        <w:rtl/>
+                      </w:rPr>
+                      <w:t>سمه تعالی</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
   <w:p w:rsidR="00D57C9A" w:rsidRDefault="005529D8" w:rsidP="00D57C9A">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:bidi/>
       <w:rPr>
         <w:rFonts w:cs="Mitra"/>
         <w:b/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
+        <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="481CB61D" wp14:editId="108359BE">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>5034280</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>119380</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="1725930" cy="742950"/>
               <wp:effectExtent l="0" t="0" r="7620" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="12" name="Text Box 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1">
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
@@ -4289,63 +4330,51 @@
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
                         <w:p w:rsidR="00AC0522" w:rsidRPr="00AC0522" w:rsidRDefault="00AC0522" w:rsidP="00AC0522">
                           <w:pPr>
                             <w:jc w:val="center"/>
                             <w:rPr>
                               <w:rFonts w:cs="B Homa"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="00AC0522">
                             <w:rPr>
                               <w:rFonts w:cs="B Homa"/>
                               <w:b/>
                               <w:bCs w:val="0"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:rtl/>
                               <w:lang w:eastAsia="en-GB"/>
                             </w:rPr>
-                            <w:t xml:space="preserve">دانشگاه </w:t>
-[...11 lines deleted...]
-                            <w:t xml:space="preserve">صنعتي </w:t>
+                            <w:t xml:space="preserve">دانشگاه صنعتي </w:t>
                           </w:r>
                           <w:r w:rsidRPr="00AC0522">
                             <w:rPr>
                               <w:rFonts w:cs="B Homa" w:hint="cs"/>
                               <w:b/>
                               <w:bCs w:val="0"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:rtl/>
                               <w:lang w:eastAsia="en-GB"/>
                             </w:rPr>
                             <w:t>س</w:t>
                           </w:r>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:cs="B Homa" w:hint="cs"/>
                               <w:b/>
                               <w:bCs w:val="0"/>
                               <w:sz w:val="20"/>
                               <w:szCs w:val="20"/>
                               <w:rtl/>
                               <w:lang w:eastAsia="en-GB"/>
                             </w:rPr>
                             <w:t>هند</w:t>
                           </w:r>
@@ -4393,63 +4422,51 @@
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shape w14:anchorId="481CB61D" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:396.4pt;margin-top:9.4pt;width:135.9pt;height:58.5pt;z-index:251657216;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQVALVhQIAABcFAAAOAAAAZHJzL2Uyb0RvYy54bWysVG1v2yAQ/j5p/wHxPfXLnCa24lRNu0yT&#10;uhep3Q8ggGM0DB6Q2F21/74DkizrNmma5g8YuOPh7p7nWFyNnUR7bqzQqsbZRYoRV1QzobY1/vSw&#10;nswxso4oRqRWvMaP3OKr5csXi6GveK5bLRk3CECUrYa+xq1zfZUklra8I/ZC91yBsdGmIw6WZpsw&#10;QwZA72SSp+llMmjDeqMptxZ2b6MRLwN+03DqPjSN5Q7JGkNsLowmjBs/JssFqbaG9K2ghzDIP0TR&#10;EaHg0hPULXEE7Yz4BaoT1GirG3dBdZfophGUhxwgmyx9ls19S3oecoHi2P5UJvv/YOn7/UeDBAPu&#10;cowU6YCjBz46tNIjyn15ht5W4HXfg58bYRtcQ6q2v9P0s0VK37REbfm1MXpoOWEQXuZPJmdHI471&#10;IJvhnWZwDdk5HYDGxnS+dlANBOhA0+OJGh8K9VfO8mn5CkwUbLMiL6eBu4RUx9O9se4N1x3ykxob&#10;oD6gk/2ddT4aUh1d/GVWS8HWQsqwMNvNjTRoT0Am6/CFBJ65SeWdlfbHImLcgSDhDm/z4Qban8os&#10;L9JVXk7Wl/PZpFgX00k5S+eTNCtX5WValMXt+psPMCuqVjDG1Z1Q/CjBrPg7ig/NEMUTRIiGGpfT&#10;fBop+mOSafh+l2QnHHSkFF2N5ycnUnliXysGaZPKESHjPPk5/FBlqMHxH6oSZOCZjxpw42aMgjuq&#10;a6PZI+jCaKANGIbXBCatNl8xGqAza2y/7IjhGMm3CrRVZkXhWzksiuksh4U5t2zOLURRgKqxwyhO&#10;b1xs/11vxLaFm6Kalb4GPTYiSMULN0Z1UDF0X8jp8FL49j5fB68f79nyOwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAHCqhDfeAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPg0AQhe8m/ofNmHgxdrG2&#10;QJGlURON19b+gAGmQGRnCbst9N87PelpZvJe3nwv3862V2cafefYwNMiAkVcubrjxsDh++MxBeUD&#10;co29YzJwIQ/b4vYmx6x2E+/ovA+NkhD2GRpoQxgyrX3VkkW/cAOxaEc3Wgxyjo2uR5wk3PZ6GUWx&#10;ttixfGhxoPeWqp/9yRo4fk0P681UfoZDslvFb9glpbsYc383v76ACjSHPzNc8QUdCmEq3Ylrr3oD&#10;yWYp6EGEVObVEMWrGFQp2/M6BV3k+n+H4hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBQ&#10;VALVhQIAABcFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQBwqoQ33gAAAAsBAAAPAAAAAAAAAAAAAAAAAN8EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAA6gUAAAAA&#10;" stroked="f">
               <v:textbox>
                 <w:txbxContent>
                   <w:p w:rsidR="00AC0522" w:rsidRPr="00AC0522" w:rsidRDefault="00AC0522" w:rsidP="00AC0522">
                     <w:pPr>
                       <w:jc w:val="center"/>
                       <w:rPr>
                         <w:rFonts w:cs="B Homa"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="00AC0522">
                       <w:rPr>
                         <w:rFonts w:cs="B Homa"/>
                         <w:b/>
                         <w:bCs w:val="0"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:rtl/>
                         <w:lang w:eastAsia="en-GB"/>
                       </w:rPr>
-                      <w:t xml:space="preserve">دانشگاه </w:t>
-[...11 lines deleted...]
-                      <w:t xml:space="preserve">صنعتي </w:t>
+                      <w:t xml:space="preserve">دانشگاه صنعتي </w:t>
                     </w:r>
                     <w:r w:rsidRPr="00AC0522">
                       <w:rPr>
                         <w:rFonts w:cs="B Homa" w:hint="cs"/>
                         <w:b/>
                         <w:bCs w:val="0"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:rtl/>
                         <w:lang w:eastAsia="en-GB"/>
                       </w:rPr>
                       <w:t>س</w:t>
                     </w:r>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:cs="B Homa" w:hint="cs"/>
                         <w:b/>
                         <w:bCs w:val="0"/>
                         <w:sz w:val="20"/>
                         <w:szCs w:val="20"/>
                         <w:rtl/>
                         <w:lang w:eastAsia="en-GB"/>
                       </w:rPr>
                       <w:t>هند</w:t>
                     </w:r>
@@ -5109,90 +5126,92 @@
     <w:rsid w:val="002C58A2"/>
     <w:rsid w:val="002E3B08"/>
     <w:rsid w:val="002F5BE5"/>
     <w:rsid w:val="00302AC5"/>
     <w:rsid w:val="00313032"/>
     <w:rsid w:val="003301F4"/>
     <w:rsid w:val="0033524A"/>
     <w:rsid w:val="003365B8"/>
     <w:rsid w:val="003500E3"/>
     <w:rsid w:val="003546A9"/>
     <w:rsid w:val="00367EBA"/>
     <w:rsid w:val="00367FD2"/>
     <w:rsid w:val="003723BE"/>
     <w:rsid w:val="0039252A"/>
     <w:rsid w:val="00393D9B"/>
     <w:rsid w:val="003A7BB1"/>
     <w:rsid w:val="003B7476"/>
     <w:rsid w:val="003E2D25"/>
     <w:rsid w:val="003E31A0"/>
     <w:rsid w:val="003F62D6"/>
     <w:rsid w:val="004020ED"/>
     <w:rsid w:val="004112DF"/>
     <w:rsid w:val="0041283A"/>
     <w:rsid w:val="00414FD5"/>
     <w:rsid w:val="004151D3"/>
+    <w:rsid w:val="00417F0B"/>
     <w:rsid w:val="0042564B"/>
     <w:rsid w:val="004268A9"/>
     <w:rsid w:val="00431593"/>
     <w:rsid w:val="00440AB4"/>
     <w:rsid w:val="00444FC2"/>
     <w:rsid w:val="0045230A"/>
     <w:rsid w:val="0048248A"/>
     <w:rsid w:val="004909E4"/>
     <w:rsid w:val="0049663A"/>
     <w:rsid w:val="004D1FE1"/>
     <w:rsid w:val="004D3E71"/>
     <w:rsid w:val="004D5514"/>
     <w:rsid w:val="004E3153"/>
     <w:rsid w:val="004F2360"/>
     <w:rsid w:val="00507A82"/>
     <w:rsid w:val="00513A46"/>
     <w:rsid w:val="00517193"/>
     <w:rsid w:val="00522472"/>
     <w:rsid w:val="00530E78"/>
     <w:rsid w:val="005529D8"/>
     <w:rsid w:val="005556BC"/>
     <w:rsid w:val="005A0599"/>
     <w:rsid w:val="005B7DA0"/>
     <w:rsid w:val="0060135C"/>
     <w:rsid w:val="006038A9"/>
     <w:rsid w:val="006058F8"/>
     <w:rsid w:val="00606BC5"/>
     <w:rsid w:val="00607546"/>
     <w:rsid w:val="006147D9"/>
     <w:rsid w:val="00617BAB"/>
     <w:rsid w:val="0062128C"/>
     <w:rsid w:val="0064433D"/>
     <w:rsid w:val="00644C45"/>
     <w:rsid w:val="00644F6D"/>
     <w:rsid w:val="00650FF9"/>
     <w:rsid w:val="00660E3B"/>
     <w:rsid w:val="006660F7"/>
     <w:rsid w:val="00666969"/>
     <w:rsid w:val="00667681"/>
     <w:rsid w:val="00677456"/>
+    <w:rsid w:val="00685648"/>
     <w:rsid w:val="00693C08"/>
     <w:rsid w:val="0069442A"/>
     <w:rsid w:val="006B0758"/>
     <w:rsid w:val="006B449D"/>
     <w:rsid w:val="006C63C1"/>
     <w:rsid w:val="006D1264"/>
     <w:rsid w:val="006D2FEF"/>
     <w:rsid w:val="006D37DA"/>
     <w:rsid w:val="006D3FDD"/>
     <w:rsid w:val="006F1010"/>
     <w:rsid w:val="006F2AD6"/>
     <w:rsid w:val="00706D41"/>
     <w:rsid w:val="007169F9"/>
     <w:rsid w:val="00716B23"/>
     <w:rsid w:val="00740624"/>
     <w:rsid w:val="007710AA"/>
     <w:rsid w:val="0078110F"/>
     <w:rsid w:val="00797471"/>
     <w:rsid w:val="007A12B7"/>
     <w:rsid w:val="007A7A7A"/>
     <w:rsid w:val="007B7FDB"/>
     <w:rsid w:val="007C04ED"/>
     <w:rsid w:val="007C3A15"/>
     <w:rsid w:val="007C72FF"/>
     <w:rsid w:val="007E70D9"/>
@@ -5206,103 +5225,106 @@
     <w:rsid w:val="0083571A"/>
     <w:rsid w:val="008378D1"/>
     <w:rsid w:val="008443F5"/>
     <w:rsid w:val="008448C8"/>
     <w:rsid w:val="008566F0"/>
     <w:rsid w:val="00861502"/>
     <w:rsid w:val="008639A9"/>
     <w:rsid w:val="0088275A"/>
     <w:rsid w:val="00894167"/>
     <w:rsid w:val="00895D1C"/>
     <w:rsid w:val="00896B01"/>
     <w:rsid w:val="008A612C"/>
     <w:rsid w:val="008B0352"/>
     <w:rsid w:val="008B28CA"/>
     <w:rsid w:val="008C726B"/>
     <w:rsid w:val="008D3DEA"/>
     <w:rsid w:val="008E14CC"/>
     <w:rsid w:val="008E4474"/>
     <w:rsid w:val="008E6CAE"/>
     <w:rsid w:val="00900A04"/>
     <w:rsid w:val="00915E9F"/>
     <w:rsid w:val="009279A4"/>
     <w:rsid w:val="00933EE6"/>
     <w:rsid w:val="009466E8"/>
     <w:rsid w:val="00981EAE"/>
+    <w:rsid w:val="00983155"/>
     <w:rsid w:val="0099454B"/>
     <w:rsid w:val="009A0808"/>
     <w:rsid w:val="009A137E"/>
     <w:rsid w:val="009A2B7A"/>
     <w:rsid w:val="009D192A"/>
     <w:rsid w:val="00A02669"/>
     <w:rsid w:val="00A75711"/>
     <w:rsid w:val="00A81338"/>
     <w:rsid w:val="00A90E5F"/>
     <w:rsid w:val="00A91ACF"/>
     <w:rsid w:val="00A941E9"/>
     <w:rsid w:val="00A96896"/>
     <w:rsid w:val="00AA0E36"/>
     <w:rsid w:val="00AA5F38"/>
     <w:rsid w:val="00AC0522"/>
     <w:rsid w:val="00AC13F5"/>
     <w:rsid w:val="00AE0700"/>
     <w:rsid w:val="00AE25B8"/>
     <w:rsid w:val="00B009EE"/>
     <w:rsid w:val="00B119B0"/>
     <w:rsid w:val="00B217ED"/>
     <w:rsid w:val="00B22BFB"/>
     <w:rsid w:val="00B272BD"/>
     <w:rsid w:val="00B41B77"/>
     <w:rsid w:val="00B512FD"/>
     <w:rsid w:val="00B55E86"/>
     <w:rsid w:val="00B61B05"/>
     <w:rsid w:val="00B73B18"/>
     <w:rsid w:val="00B750D4"/>
     <w:rsid w:val="00B969CB"/>
     <w:rsid w:val="00BA2000"/>
     <w:rsid w:val="00BA4C9F"/>
     <w:rsid w:val="00BB5A9A"/>
     <w:rsid w:val="00BB78DC"/>
     <w:rsid w:val="00BC5FD0"/>
     <w:rsid w:val="00BC7E2C"/>
     <w:rsid w:val="00BE19DC"/>
     <w:rsid w:val="00BF02F3"/>
     <w:rsid w:val="00BF6948"/>
     <w:rsid w:val="00C46ABA"/>
     <w:rsid w:val="00C50A01"/>
     <w:rsid w:val="00C5730E"/>
     <w:rsid w:val="00C67549"/>
     <w:rsid w:val="00C81823"/>
     <w:rsid w:val="00C9417B"/>
     <w:rsid w:val="00C95899"/>
     <w:rsid w:val="00CA5165"/>
     <w:rsid w:val="00CA7995"/>
     <w:rsid w:val="00CB049E"/>
+    <w:rsid w:val="00CB3BBF"/>
     <w:rsid w:val="00CC1189"/>
     <w:rsid w:val="00CC1A05"/>
     <w:rsid w:val="00CD0613"/>
     <w:rsid w:val="00CD40F9"/>
+    <w:rsid w:val="00D05973"/>
     <w:rsid w:val="00D11D39"/>
     <w:rsid w:val="00D12177"/>
     <w:rsid w:val="00D507E4"/>
     <w:rsid w:val="00D53D05"/>
     <w:rsid w:val="00D5646E"/>
     <w:rsid w:val="00D5664D"/>
     <w:rsid w:val="00D57C9A"/>
     <w:rsid w:val="00D66508"/>
     <w:rsid w:val="00D77CA8"/>
     <w:rsid w:val="00D93EF2"/>
     <w:rsid w:val="00D95421"/>
     <w:rsid w:val="00D97736"/>
     <w:rsid w:val="00DA2094"/>
     <w:rsid w:val="00DA3103"/>
     <w:rsid w:val="00DB08CD"/>
     <w:rsid w:val="00DB1482"/>
     <w:rsid w:val="00DC3F2D"/>
     <w:rsid w:val="00DD19BD"/>
     <w:rsid w:val="00DD1DF8"/>
     <w:rsid w:val="00DE1507"/>
     <w:rsid w:val="00DE1AA7"/>
     <w:rsid w:val="00DE2262"/>
     <w:rsid w:val="00DE36DF"/>
     <w:rsid w:val="00DE5F3C"/>
     <w:rsid w:val="00E01CDE"/>
@@ -5343,52 +5365,52 @@
     <w:rsid w:val="00FD146A"/>
     <w:rsid w:val="00FE2A46"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="/"/>
-  <w:listSeparator w:val="؛"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
   <w15:docId w15:val="{3C071B29-CC88-44ED-A9E4-E3349D211F6F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6145,60 +6167,60 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{30DAAAF0-B671-46E8-B3AB-12666996B313}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{42054EE6-8A8E-4715-8875-641A26AABB0A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>479</Words>
   <Characters>2733</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>22</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SUT</Company>