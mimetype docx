--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -1,53 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p w:rsidR="00CB049E" w:rsidRPr="0099148C" w:rsidRDefault="00D240F2" w:rsidP="006B449D">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="B Mitra"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0099148C">
         <w:rPr>
           <w:rFonts w:cs="B Mitra"/>
           <w:noProof/>
           <w:rtl/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="249A9BF6" wp14:editId="5A5DE756">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>2399665</wp:posOffset>
                 </wp:positionH>
@@ -121,78 +120,71 @@
                             </w:r>
                             <w:r w:rsidRPr="00D53D05">
                               <w:rPr>
                                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                           </w:p>
                           <w:p w:rsidR="00710566" w:rsidRDefault="00710566" w:rsidP="00D53D05">
                             <w:pPr>
                               <w:bidi/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="B Nazanin"/>
                                 <w:rtl/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t xml:space="preserve">درخواست تنخواه </w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00D53D05">
-[...5 lines deleted...]
-                            </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="249A9BF6" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Text Box 18" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:188.95pt;margin-top:-39.5pt;width:143.5pt;height:45.5pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB9tZ2dgAIAABAFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO2yAQfa/Uf0C8Zx27zsax1llt46Sq&#10;1Ju02w8ggGNUDBRI7G3Vf++Ak2y2+1JV9QMGZnxmzswZ39wOnUQHbp3QqsLp1RQjrqhmQu0q/PVh&#10;Mykwcp4oRqRWvMKP3OHb5etXN70peaZbLRm3CECUK3tT4dZ7UyaJoy3viLvShiswNtp2xMPR7hJm&#10;SQ/onUyy6fQ66bVlxmrKnYPbejTiZcRvGk7956Zx3CNZYcjNx9XGdRvWZHlDyp0lphX0mAb5hyw6&#10;IhQEPUPVxBO0t+IFVCeo1U43/orqLtFNIyiPHIBNOv2DzX1LDI9coDjOnMvk/h8s/XT4YpFgFc4w&#10;UqSDFj3wwaO3ekBpEcrTG1eC170BPz/APbQ5UnXmg6bfHFJ61RK143fW6r7lhEF6afgyufh0xHEB&#10;ZNt/1AzikL3XEWhobBdqB9VAgA5tejy3JuRCQ8giy/IZmCjYZvN5AfsQgpSnr411/h3XHQqbClto&#10;fUQnhw/Oj64nlxBM6Y2QEu5JKRXqK7yYZbORl5aCBWOwObvbrqRFBxIEFJ9jXHfp1gkPMpaiq3Bx&#10;diJlqMZasRjFEyHHPSQtVQAHcpDbcTfK5ediulgX6yKf5Nn1epJP63pyt1nlk+tNOp/Vb+rVqk5/&#10;hTzTvGwFY1yFVE/STfO/k8ZxiEbRncX7jNIz5pv4vGSePE8jNgRYnd6RXZRB6PyoAT9sByhI0MZW&#10;s0cQhNXjWMJvBDattj8w6mEkK+y+74nlGMn3CkS1SPM8zHA85LN5Bgd7adleWoiiAFVhj9G4Xflx&#10;7vfGil0LkUYZK30HQmxE1MhTVkf5wthFMsdfRJjry3P0evqRLX8DAAD//wMAUEsDBBQABgAIAAAA&#10;IQAi22El3QAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcWocGxSSNUyEK&#10;dwiFXp14m0T4J4rdNvD0bE9w3N1vZmfKzWwNO+EUBu8k3C0TYOharwfXSdi9vywegIWonFbGO5Tw&#10;jQE21fVVqQrtz+4NT3XsGJm4UCgJfYxjwXloe7QqLP2Ijm4HP1kVaZw6rid1JnNr+CpJMm7V4OhD&#10;r0Z86rH9qo+WYqz2u3T7WqMQqkm3zz8f+eHTSHl7Mz+ugUWc4x8Ml/ikgYoyNf7odGBGQipETqiE&#10;hcipFBFZdk+b5mKfAK9K/r9C9QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB9tZ2dgAIA&#10;ABAFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAi22El&#10;3QAAAAoBAAAPAAAAAAAAAAAAAAAAANoEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;5AUAAAAA&#10;" filled="f">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00710566" w:rsidRPr="00D53D05" w:rsidRDefault="00710566" w:rsidP="007067E4">
                       <w:pPr>
                         <w:bidi/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:cs="B Nazanin"/>
                           <w:rtl/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00D53D05">
                         <w:rPr>
                           <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t xml:space="preserve">فرم شماره </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
@@ -202,102 +194,102 @@
                       </w:r>
                       <w:r w:rsidRPr="00D53D05">
                         <w:rPr>
                           <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                     </w:p>
                     <w:p w:rsidR="00710566" w:rsidRDefault="00710566" w:rsidP="00D53D05">
                       <w:pPr>
                         <w:bidi/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:cs="B Nazanin"/>
                           <w:rtl/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t xml:space="preserve">درخواست تنخواه </w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00D53D05">
-[...5 lines deleted...]
-                      </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w:rsidR="00003290" w:rsidRDefault="008B0352" w:rsidP="009A48DA">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0099148C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C67549" w:rsidRPr="0099148C" w:rsidRDefault="00C67549" w:rsidP="00003290">
+    <w:p w:rsidR="00C67549" w:rsidRPr="0099148C" w:rsidRDefault="00CC5FE1" w:rsidP="00003290">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-[...8 lines deleted...]
-        <w:t>مدير محترم اداره پژوهش</w:t>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>مدیر</w:t>
+      </w:r>
+      <w:r w:rsidR="00C67549" w:rsidRPr="0099148C">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> محترم اداره پژوهش</w:t>
       </w:r>
       <w:r w:rsidR="00D53D05" w:rsidRPr="0099148C">
         <w:rPr>
           <w:rFonts w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C67549" w:rsidRPr="0099148C" w:rsidRDefault="00C67549" w:rsidP="006B449D">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="B Mitra"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0099148C">
@@ -312,132 +304,173 @@
         <w:t>با سلام؛</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C67549" w:rsidRPr="0099148C" w:rsidRDefault="00C67549" w:rsidP="006B449D">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="B Mitra"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0099148C">
         <w:rPr>
           <w:rFonts w:cs="B Mitra" w:hint="cs"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-        <w:t xml:space="preserve">     احتراماً نظر به اينکه اينجانب  .........................................  مجری قرارداد شماره .................................. تحت عنوان.......................................... ..........</w:t>
+        <w:t xml:space="preserve">     احتراماً نظر به اينکه اينجانب  .........................................  مجری قرارداد شماره .............</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC545E">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099148C">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>..................... تحت عنوان..............</w:t>
+      </w:r>
+      <w:r w:rsidR="00FC545E">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>......................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099148C">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>............................ ..........</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C67549" w:rsidRPr="0099148C" w:rsidRDefault="00C67549" w:rsidP="006B449D">
-[...24 lines deleted...]
-    <w:p w:rsidR="00C67549" w:rsidRPr="0099148C" w:rsidRDefault="00C67549" w:rsidP="00AA0E36">
+    <w:p w:rsidR="00C67549" w:rsidRPr="0099148C" w:rsidRDefault="00C67549" w:rsidP="00FC545E">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0099148C">
         <w:rPr>
           <w:rFonts w:cs="B Mitra" w:hint="cs"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
+        <w:t xml:space="preserve">.............................................. طبق بند ......... ماده .............قرارداد مذکور، خواهشمند است مجوز لازم در مورد پرداخت مبلغ ............................ </w:t>
+      </w:r>
+      <w:r w:rsidR="007C72FF" w:rsidRPr="0099148C">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">ريال </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA0E36" w:rsidRPr="0099148C">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> به عنوان تنخواه </w:t>
+      </w:r>
+      <w:r w:rsidR="007F5830" w:rsidRPr="0099148C">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">به شماره حساب ..................................... نزد بانک </w:t>
+      </w:r>
+      <w:r w:rsidR="00E05123">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>.....................</w:t>
+      </w:r>
+      <w:r w:rsidR="007F5830" w:rsidRPr="0099148C">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...31 lines deleted...]
-        <w:t xml:space="preserve">به شماره حساب ..................................... نزد بانک تجارت شعبه دانشگاه صنعتی سهند </w:t>
       </w:r>
       <w:r w:rsidRPr="0099148C">
         <w:rPr>
           <w:rFonts w:cs="B Mitra" w:hint="cs"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>را صادر فرمائيد</w:t>
       </w:r>
       <w:r w:rsidR="001912C7" w:rsidRPr="0099148C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:bidiVisual/>
@@ -480,297 +513,306 @@
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Mitra"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0099148C">
               <w:rPr>
                 <w:rFonts w:cs="B Mitra" w:hint="cs"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>مجری طرح</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00046D03" w:rsidRPr="0099148C" w:rsidRDefault="00046D03" w:rsidP="006B449D">
+    <w:p w:rsidR="00046D03" w:rsidRDefault="00046D03" w:rsidP="006B449D">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="B Mitra"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...98 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-32"/>
+        <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="606"/>
         <w:bidiVisual/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3157"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009279A4" w:rsidRPr="0099148C">
+      <w:tr w:rsidR="00674F93" w:rsidRPr="0099148C" w:rsidTr="00674F93">
         <w:trPr>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3157" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="009279A4" w:rsidRPr="0099148C" w:rsidRDefault="009279A4" w:rsidP="009279A4">
+          <w:p w:rsidR="00674F93" w:rsidRDefault="00674F93" w:rsidP="00674F93">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
+                <w:rFonts w:cs="B Mitra"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0099148C">
               <w:rPr>
                 <w:rFonts w:cs="B Mitra" w:hint="cs"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">مدير اداره پژوهش </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="009279A4" w:rsidRPr="0099148C" w:rsidRDefault="009279A4" w:rsidP="009279A4">
+          <w:p w:rsidR="00674F93" w:rsidRDefault="00674F93" w:rsidP="00674F93">
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:cs="B Mitra"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00674F93" w:rsidRPr="0099148C" w:rsidRDefault="00674F93" w:rsidP="00674F93">
+            <w:pPr>
+              <w:bidi/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
+                <w:b/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00674F93" w:rsidRPr="0099148C" w:rsidRDefault="00674F93" w:rsidP="00674F93">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:cs="B Mitra"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00046D03" w:rsidRPr="0099148C" w:rsidRDefault="00046D03" w:rsidP="006B449D">
-      <w:pPr>
+    <w:p w:rsidR="00674F93" w:rsidRPr="0099148C" w:rsidRDefault="00674F93" w:rsidP="00674F93">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
         <w:bidi/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:rFonts w:cs="B Mitra"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0099148C">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0099148C">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>کارشناس محترم</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00674F93" w:rsidRDefault="00674F93" w:rsidP="00674F93">
+      <w:pPr>
+        <w:bidi/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0099148C">
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>با سلام؛ جهت بررسی واعلام نظر کارشناسی</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00674F93" w:rsidRPr="0099148C" w:rsidRDefault="00674F93" w:rsidP="00674F93">
+      <w:pPr>
+        <w:bidi/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00674F93" w:rsidRPr="0099148C" w:rsidRDefault="00674F93" w:rsidP="00674F93">
+      <w:pPr>
+        <w:bidi/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00674F93" w:rsidRPr="0099148C" w:rsidRDefault="00674F93" w:rsidP="00674F93">
+      <w:pPr>
+        <w:bidi/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="B Mitra"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00706D41" w:rsidRPr="0099148C" w:rsidRDefault="00706D41" w:rsidP="00706D41">
+    <w:p w:rsidR="00674F93" w:rsidRPr="0099148C" w:rsidRDefault="00674F93" w:rsidP="00674F93">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
-[...13 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:cs="B Mitra"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00706D41" w:rsidRPr="0099148C" w:rsidRDefault="00706D41" w:rsidP="00706D41">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00706D41" w:rsidRPr="0099148C" w:rsidRDefault="00706D41" w:rsidP="00C505EA">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="15" w:color="auto"/>
         </w:pBdr>
         <w:bidi/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0099148C">
         <w:rPr>
           <w:rFonts w:cs="B Mitra" w:hint="cs"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">مدير محترم اداره پژوهش </w:t>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00706D41" w:rsidRPr="0099148C" w:rsidRDefault="00706D41" w:rsidP="00706D41">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0099148C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">با سلام </w:t>
       </w:r>
@@ -952,51 +994,50 @@
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0099148C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra" w:hint="cs"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>....................................................................</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="227"/>
         <w:bidiVisual/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="-263" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3420"/>
       </w:tblGrid>
       <w:tr w:rsidR="00706D41" w:rsidRPr="0099148C">
         <w:trPr>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3420" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00706D41" w:rsidRPr="0099148C" w:rsidRDefault="00706D41" w:rsidP="0048248A">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cs="B Mitra"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
@@ -1450,51 +1491,50 @@
           <w:szCs w:val="22"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> احتراماً اقدام لازم در خصوص پرداخت مبلغ فوق الذکر در وجه مجری محترم طرح اقدام گردد.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00092B68" w:rsidRPr="0099148C" w:rsidRDefault="00092B68" w:rsidP="006B449D">
       <w:pPr>
         <w:bidi/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="B Mitra"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:bidiVisual/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="right"/>
-        <w:tblInd w:w="2000" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2247"/>
         <w:gridCol w:w="3157"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C67549" w:rsidRPr="0099148C">
         <w:trPr>
           <w:trHeight w:val="585"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2247" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00C67549" w:rsidRPr="0099148C" w:rsidRDefault="00C67549" w:rsidP="006B449D">
             <w:pPr>
               <w:bidi/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Mitra"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
@@ -1660,190 +1700,190 @@
       </w:pPr>
       <w:r w:rsidRPr="0099148C">
         <w:rPr>
           <w:rFonts w:cs="B Mitra" w:hint="cs"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:rtl/>
         </w:rPr>
         <w:t>مجری طرح جهت</w:t>
       </w:r>
       <w:r w:rsidR="00A941E9" w:rsidRPr="0099148C">
         <w:rPr>
           <w:rFonts w:cs="B Mitra" w:hint="cs"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> اطلاع</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00EA6D95" w:rsidRPr="0099148C" w:rsidSect="008B0352">
-      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId7"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1418" w:bottom="851" w:left="851" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A8355C" w:rsidRDefault="00A8355C">
+    <w:p w:rsidR="00D009B0" w:rsidRDefault="00D009B0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A8355C" w:rsidRDefault="00A8355C">
+    <w:p w:rsidR="00D009B0" w:rsidRDefault="00D009B0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Nazanin">
-    <w:altName w:val="Courier New"/>
+    <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002000" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+    <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Zar">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="IPT.Nazanin.Outline">
-    <w:altName w:val="Symbol"/>
+    <w:altName w:val="G2 Buildings"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Mitra">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Nazanin">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00A8355C" w:rsidRDefault="00A8355C">
+    <w:p w:rsidR="00D009B0" w:rsidRDefault="00D009B0">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00A8355C" w:rsidRDefault="00A8355C">
+    <w:p w:rsidR="00D009B0" w:rsidRDefault="00D009B0">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p w:rsidR="00710566" w:rsidRPr="0099148C" w:rsidRDefault="009A48DA" w:rsidP="0099148C">
     <w:pPr>
       <w:bidi/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:cs="B Mitra"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0099148C">
       <w:rPr>
         <w:rFonts w:cs="B Mitra"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:noProof/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28ECE732" wp14:editId="236E390A">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
@@ -1875,188 +1915,145 @@
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="477520" cy="529590"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
+    <w:r w:rsidR="0049020C">
+      <w:rPr>
+        <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+        <w:b/>
+        <w:bCs w:val="0"/>
+        <w:noProof/>
+        <w:rtl/>
+        <w:lang w:bidi="ar-SA"/>
+      </w:rPr>
+      <w:t>باسمه</w:t>
+    </w:r>
     <w:r w:rsidR="00710566" w:rsidRPr="0099148C">
       <w:rPr>
         <w:rFonts w:cs="B Mitra" w:hint="cs"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:rtl/>
       </w:rPr>
-      <w:t>بسمه تعالی</w:t>
+      <w:t xml:space="preserve"> تعالی</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="00710566" w:rsidRPr="0099148C" w:rsidRDefault="00710566" w:rsidP="008A2344">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:bidi/>
       <w:rPr>
         <w:rFonts w:cs="B Mitra"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0099148C">
       <w:rPr>
         <w:rFonts w:cs="B Mitra" w:hint="cs"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:rtl/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                                                                                       </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00710566" w:rsidRPr="0099148C" w:rsidRDefault="00710566" w:rsidP="00ED167A">
+  <w:p w:rsidR="00710566" w:rsidRPr="0099148C" w:rsidRDefault="00710566" w:rsidP="0049020C">
     <w:pPr>
       <w:bidi/>
       <w:ind w:left="-477"/>
       <w:rPr>
         <w:rFonts w:cs="B Mitra"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0099148C">
       <w:rPr>
         <w:rFonts w:cs="B Mitra" w:hint="cs"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">           </w:t>
     </w:r>
-    <w:r w:rsidR="009A48DA" w:rsidRPr="0099148C">
-[...65 lines deleted...]
-    <w:r w:rsidRPr="0099148C">
+    <w:r w:rsidR="0049020C">
       <w:rPr>
         <w:rFonts w:cs="B Mitra" w:hint="cs"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
-      <w:t xml:space="preserve">   </w:t>
+      <w:t xml:space="preserve">          </w:t>
+    </w:r>
+    <w:r w:rsidRPr="0099148C">
+      <w:rPr>
+        <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+        <w:b/>
+        <w:bCs w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:rtl/>
+        <w:lang w:eastAsia="en-GB"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="0099148C">
       <w:rPr>
         <w:rFonts w:cs="B Mitra"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">دانشگاه صنعتي </w:t>
     </w:r>
     <w:r w:rsidRPr="0099148C">
       <w:rPr>
         <w:rFonts w:cs="B Mitra" w:hint="cs"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">سهند </w:t>
     </w:r>
@@ -2098,125 +2095,104 @@
     <w:r w:rsidR="009A48DA" w:rsidRPr="0099148C">
       <w:rPr>
         <w:rFonts w:cs="B Mitra" w:hint="cs"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> معاونت پژوهش</w:t>
     </w:r>
     <w:r w:rsidRPr="0099148C">
       <w:rPr>
         <w:rFonts w:cs="B Mitra" w:hint="cs"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> و فناوری                                                                                                                       </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00710566" w:rsidRPr="0099148C" w:rsidRDefault="00710566" w:rsidP="00ED167A">
+  <w:p w:rsidR="00710566" w:rsidRPr="0099148C" w:rsidRDefault="00710566" w:rsidP="0049020C">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:bidi/>
       <w:rPr>
         <w:rFonts w:cs="B Mitra"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="0099148C">
       <w:rPr>
         <w:rFonts w:cs="B Mitra" w:hint="cs"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">   </w:t>
     </w:r>
-    <w:r w:rsidR="009A48DA" w:rsidRPr="0099148C">
-[...32 lines deleted...]
-    <w:r w:rsidRPr="0099148C">
+    <w:r w:rsidR="0049020C">
       <w:rPr>
         <w:rFonts w:cs="B Mitra" w:hint="cs"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
-      <w:t xml:space="preserve"> طرح های داخل دانشگاه                                                                                     </w:t>
+      <w:t xml:space="preserve">          </w:t>
+    </w:r>
+    <w:r w:rsidRPr="0099148C">
+      <w:rPr>
+        <w:rFonts w:cs="B Mitra" w:hint="cs"/>
+        <w:b/>
+        <w:bCs w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:rtl/>
+        <w:lang w:eastAsia="en-GB"/>
+      </w:rPr>
+      <w:t xml:space="preserve">طرح های داخل دانشگاه                                                                                     </w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="24A44F83"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DBF4DB62"/>
     <w:lvl w:ilvl="0" w:tplc="9CD652B2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="915"/>
         </w:tabs>
         <w:ind w:left="915" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2673,52 +2649,52 @@
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="150"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="567"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00155C87"/>
     <w:rsid w:val="00003290"/>
@@ -2760,72 +2736,75 @@
     <w:rsid w:val="00240CB9"/>
     <w:rsid w:val="00246421"/>
     <w:rsid w:val="0024796B"/>
     <w:rsid w:val="00261E4E"/>
     <w:rsid w:val="00264DAB"/>
     <w:rsid w:val="00264EAB"/>
     <w:rsid w:val="00266734"/>
     <w:rsid w:val="00266DA8"/>
     <w:rsid w:val="002C5685"/>
     <w:rsid w:val="002E3B08"/>
     <w:rsid w:val="00313032"/>
     <w:rsid w:val="003546A9"/>
     <w:rsid w:val="00367EBA"/>
     <w:rsid w:val="003723BE"/>
     <w:rsid w:val="0039252A"/>
     <w:rsid w:val="003A7BB1"/>
     <w:rsid w:val="003E31A0"/>
     <w:rsid w:val="003F62D6"/>
     <w:rsid w:val="004112DF"/>
     <w:rsid w:val="0041283A"/>
     <w:rsid w:val="004151D3"/>
     <w:rsid w:val="0042564B"/>
     <w:rsid w:val="00440AB4"/>
     <w:rsid w:val="004506A6"/>
     <w:rsid w:val="0048248A"/>
+    <w:rsid w:val="0049020C"/>
     <w:rsid w:val="004909E4"/>
     <w:rsid w:val="0049663A"/>
     <w:rsid w:val="004D4455"/>
     <w:rsid w:val="004D5514"/>
     <w:rsid w:val="004E3153"/>
     <w:rsid w:val="004E3691"/>
     <w:rsid w:val="004F2360"/>
     <w:rsid w:val="00507A82"/>
     <w:rsid w:val="00513A46"/>
     <w:rsid w:val="00517193"/>
     <w:rsid w:val="00530E78"/>
     <w:rsid w:val="005A0599"/>
     <w:rsid w:val="005B7DA0"/>
     <w:rsid w:val="0060135C"/>
     <w:rsid w:val="006058F8"/>
     <w:rsid w:val="00606BC5"/>
     <w:rsid w:val="006147D9"/>
     <w:rsid w:val="00617BAB"/>
+    <w:rsid w:val="006360F6"/>
     <w:rsid w:val="00644C45"/>
     <w:rsid w:val="00650FF9"/>
     <w:rsid w:val="006660F7"/>
     <w:rsid w:val="00667681"/>
+    <w:rsid w:val="00674F93"/>
     <w:rsid w:val="00693C08"/>
     <w:rsid w:val="0069442A"/>
     <w:rsid w:val="006B449D"/>
     <w:rsid w:val="006D1264"/>
     <w:rsid w:val="006D2FEF"/>
     <w:rsid w:val="006D37DA"/>
     <w:rsid w:val="006D3FDD"/>
     <w:rsid w:val="006F1010"/>
     <w:rsid w:val="006F2AD6"/>
     <w:rsid w:val="007067E4"/>
     <w:rsid w:val="00706D41"/>
     <w:rsid w:val="00710566"/>
     <w:rsid w:val="007169F9"/>
     <w:rsid w:val="007710AA"/>
     <w:rsid w:val="007A12B7"/>
     <w:rsid w:val="007B7FDB"/>
     <w:rsid w:val="007C04ED"/>
     <w:rsid w:val="007C72FF"/>
     <w:rsid w:val="007E70D9"/>
     <w:rsid w:val="007F4442"/>
     <w:rsid w:val="007F53B3"/>
     <w:rsid w:val="007F5830"/>
     <w:rsid w:val="008073AB"/>
     <w:rsid w:val="00813826"/>
     <w:rsid w:val="00817FA8"/>
@@ -2868,153 +2847,293 @@
     <w:rsid w:val="00AE25B8"/>
     <w:rsid w:val="00B217ED"/>
     <w:rsid w:val="00B22BFB"/>
     <w:rsid w:val="00B272BD"/>
     <w:rsid w:val="00B41B77"/>
     <w:rsid w:val="00B71AAD"/>
     <w:rsid w:val="00B750D4"/>
     <w:rsid w:val="00B969CB"/>
     <w:rsid w:val="00BA2000"/>
     <w:rsid w:val="00BB5A9A"/>
     <w:rsid w:val="00BC5FD0"/>
     <w:rsid w:val="00BC6F2A"/>
     <w:rsid w:val="00BC7E2C"/>
     <w:rsid w:val="00BE6818"/>
     <w:rsid w:val="00BF02F3"/>
     <w:rsid w:val="00BF6948"/>
     <w:rsid w:val="00C46ABA"/>
     <w:rsid w:val="00C505EA"/>
     <w:rsid w:val="00C5730E"/>
     <w:rsid w:val="00C67549"/>
     <w:rsid w:val="00C95899"/>
     <w:rsid w:val="00CA5165"/>
     <w:rsid w:val="00CA7995"/>
     <w:rsid w:val="00CB049E"/>
     <w:rsid w:val="00CC1A05"/>
+    <w:rsid w:val="00CC5FE1"/>
     <w:rsid w:val="00CD0613"/>
     <w:rsid w:val="00CD40F9"/>
+    <w:rsid w:val="00D009B0"/>
     <w:rsid w:val="00D12177"/>
     <w:rsid w:val="00D240F2"/>
     <w:rsid w:val="00D41BFA"/>
+    <w:rsid w:val="00D43BAC"/>
     <w:rsid w:val="00D507E4"/>
     <w:rsid w:val="00D53D05"/>
     <w:rsid w:val="00D5646E"/>
     <w:rsid w:val="00D66508"/>
     <w:rsid w:val="00D77CA8"/>
     <w:rsid w:val="00D95421"/>
     <w:rsid w:val="00DA2094"/>
     <w:rsid w:val="00DA3103"/>
     <w:rsid w:val="00DB08CD"/>
     <w:rsid w:val="00DC3F2D"/>
     <w:rsid w:val="00DD19BD"/>
     <w:rsid w:val="00DD1DF8"/>
     <w:rsid w:val="00DD2E26"/>
     <w:rsid w:val="00DE1507"/>
     <w:rsid w:val="00DE36DF"/>
     <w:rsid w:val="00DE5F3C"/>
+    <w:rsid w:val="00E05123"/>
     <w:rsid w:val="00E06054"/>
     <w:rsid w:val="00E14894"/>
     <w:rsid w:val="00E15F88"/>
     <w:rsid w:val="00E40FA6"/>
     <w:rsid w:val="00E56A55"/>
     <w:rsid w:val="00E6205B"/>
     <w:rsid w:val="00E65279"/>
     <w:rsid w:val="00E734D3"/>
     <w:rsid w:val="00E73D48"/>
     <w:rsid w:val="00E858C7"/>
     <w:rsid w:val="00E9100B"/>
     <w:rsid w:val="00E94591"/>
     <w:rsid w:val="00EA65EF"/>
     <w:rsid w:val="00EA6D95"/>
     <w:rsid w:val="00ED167A"/>
     <w:rsid w:val="00ED18B4"/>
     <w:rsid w:val="00EE5418"/>
     <w:rsid w:val="00F20DD3"/>
     <w:rsid w:val="00F21262"/>
     <w:rsid w:val="00F44DF5"/>
     <w:rsid w:val="00F72F52"/>
     <w:rsid w:val="00F73A54"/>
     <w:rsid w:val="00F82A54"/>
     <w:rsid w:val="00F914DB"/>
     <w:rsid w:val="00F92C4B"/>
     <w:rsid w:val="00FA5CAD"/>
+    <w:rsid w:val="00FC545E"/>
     <w:rsid w:val="00FC71B4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w15:docId w15:val="{560317EE-EE6A-4C16-AB3A-40A952A5FCFA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -3082,274 +3201,154 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
-  </w:latentStyles>
-[...222 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="IPT.Nazanin.Outline" w:hAnsi="IPT.Nazanin.Outline" w:cs="Nazanin"/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
@@ -3393,57 +3392,57 @@
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00ED167A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00ED167A"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -3694,66 +3693,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>243</Words>
-  <Characters>1390</Characters>
+  <Words>225</Words>
+  <Characters>1284</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>11</Lines>
+  <Lines>10</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SUT</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1630</CharactersWithSpaces>
+  <CharactersWithSpaces>1506</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title/>
   <dc:creator>Dr. daneshvar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>