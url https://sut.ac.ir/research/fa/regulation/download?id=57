--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -1,97 +1,72 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="00AF6724" w:rsidP="004B693F">
+    <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="004C0B7E" w:rsidP="004C0B7E">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C21AA8">
-[...8 lines deleted...]
-      <w:r w:rsidR="004B693F">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>امو</w:t>
-[...10 lines deleted...]
-        <w:t>ر فناوری و کارآفرینی</w:t>
+        <w:t>مدیر امور فناوری وکارآفرینی</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="00AF6724" w:rsidP="00C21AA8">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C21AA8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>با سلام</w:t>
       </w:r>
@@ -327,141 +302,78 @@
             <w:tcW w:w="3157" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="00AF6724" w:rsidP="00FD71D2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C21AA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>مجری طرح</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="000D77F6" w:rsidP="00AF6724">
+    <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="004A034F" w:rsidP="00AF6724">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:noProof/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:rtl/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
-        <mc:AlternateContent>
-[...66 lines deleted...]
-        </mc:AlternateContent>
+        <w:pict>
+          <v:line id="_x0000_s1041" style="position:absolute;left:0;text-align:left;z-index:251659264;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" from="81pt,6.55pt" to="464.9pt,6.55pt">
+            <w10:wrap anchorx="page"/>
+          </v:line>
+        </w:pict>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="00AF6724" w:rsidP="00AF6724">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C21AA8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>1) مجری محترم طرح</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AD2505" w:rsidRPr="00C21AA8" w:rsidRDefault="00AF6724" w:rsidP="00AD2505">
       <w:pPr>
         <w:jc w:val="right"/>
@@ -733,92 +645,78 @@
     </w:p>
     <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="00AF6724" w:rsidP="00AF6724">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="00AF6724" w:rsidP="00AF6724">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="00B60B12" w:rsidP="00AF6724">
+    <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="004A034F" w:rsidP="00AF6724">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-          <w:b/>
-[...24 lines deleted...]
-        <w:t>-------</w:t>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:pict>
+          <v:line id="_x0000_s1038" style="position:absolute;left:0;text-align:left;z-index:251656192" from="84.1pt,6.55pt" to="468pt,6.55pt">
+            <w10:wrap anchorx="page"/>
+          </v:line>
+        </w:pict>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="003E49C3" w:rsidP="00614475">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>2) مدير</w:t>
       </w:r>
       <w:r w:rsidR="00E858D7" w:rsidRPr="00C21AA8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1094,920 +992,737 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
         <w:t>1- 0000000000000000000000000000000000</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="272"/>
         <w:bidiVisual/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3157"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AF6724" w:rsidRPr="00C21AA8">
         <w:trPr>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3157" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00AF6724" w:rsidRDefault="00AF6724" w:rsidP="00E858D7">
+          <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="00AF6724" w:rsidP="00E858D7">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
+                <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C21AA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>کارشناس مالی</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00B60B12" w:rsidRDefault="00B60B12" w:rsidP="00E858D7">
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="00AF6724" w:rsidP="00AF6724">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>2-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>0000000000000000000000000000000000</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="00AF6724" w:rsidP="00AF6724">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="004A034F" w:rsidP="00AF6724">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:pict>
+          <v:line id="_x0000_s1040" style="position:absolute;left:0;text-align:left;z-index:251658240" from="-72.55pt,6.55pt" to="311.35pt,6.55pt">
+            <w10:wrap anchorx="page"/>
+          </v:line>
+        </w:pict>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="00AF6724" w:rsidP="00E858D7">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>معاون محترم پژوهش و</w:t>
+      </w:r>
+      <w:r w:rsidR="00590C77">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E858D7" w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>فناوری</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="00AF6724" w:rsidP="00AF6724">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>با سلام،</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="004322AA" w:rsidP="00AF6724">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">       احتراماً طبق بررسی</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>​</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6724" w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>های بعمل آمده و</w:t>
+      </w:r>
+      <w:r w:rsidR="00E858D7" w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6724" w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>با توجه به تکميل مدارک و</w:t>
+      </w:r>
+      <w:r w:rsidR="00E858D7" w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF6724" w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">اسناد لازم طرح................................................................................... </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="00AF6724" w:rsidP="005F00CB">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">.................................................................... به شماره قرارداد   ......................... جهت: تسویه اسناد هزینه </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F06F"/>
+      </w:r>
+      <w:r w:rsidR="007936D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> پیش</w:t>
+      </w:r>
+      <w:r w:rsidR="007936D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>​</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">پرداخت مرحله </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F06F"/>
+      </w:r>
+      <w:r w:rsidR="007936D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  تسویه پیش</w:t>
+      </w:r>
+      <w:r w:rsidR="007936D3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>​</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">پرداخت قبلی </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:sym w:font="Wingdings" w:char="F06F"/>
+      </w:r>
+      <w:r w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  به مبلغ................................... ريال پس از کسر کسورات قانونی در وجه مجری</w:t>
+      </w:r>
+      <w:r w:rsidR="00E858D7" w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>، بلامانع می</w:t>
+      </w:r>
+      <w:r w:rsidR="00E858D7" w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>​</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>باشد.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF1CCF">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">خواهشمند است در </w:t>
+      </w:r>
+      <w:r w:rsidR="00E858D7" w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>صورت موافقت، ضمن تاييد فرم مذکو</w:t>
+      </w:r>
+      <w:r w:rsidR="00013011">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ر</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>،</w:t>
+      </w:r>
+      <w:r w:rsidR="00E858D7" w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">دستور فرمائيد نسبت به پرداخت یا تسویه  اقدام نمايند. </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:bidiVisual/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="6835" w:type="dxa"/>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="3157"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AF6724" w:rsidRPr="00C21AA8">
+        <w:trPr>
+          <w:trHeight w:val="207"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3157" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="004C0B7E" w:rsidRPr="00C21AA8" w:rsidRDefault="004C0B7E" w:rsidP="004C0B7E">
             <w:pPr>
-              <w:jc w:val="center"/>
-[...9 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>مدیر امور فناوری وکارآفرینی</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="00AF6724" w:rsidP="00FE0B5C">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-                <w:noProof/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
-                <w:rtl/>
-                <w:lang w:bidi="ar-SA"/>
               </w:rPr>
-              <mc:AlternateContent>
-[...67 lines deleted...]
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="00AF6724" w:rsidP="00AF6724">
+    <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="004A034F" w:rsidP="00AF6724">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-          <w:b/>
-[...70 lines deleted...]
-      </w:r>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-          <w:sz w:val="20"/>
-[...11 lines deleted...]
-        <w:t>کارشناس رسیدگی به اسناد</w:t>
+          <w:noProof/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:pict>
+          <v:line id="_x0000_s1039" style="position:absolute;left:0;text-align:left;z-index:251657216;mso-position-horizontal-relative:text;mso-position-vertical-relative:text" from="75.1pt,12pt" to="459pt,12pt">
+            <w10:wrap anchorx="page"/>
+          </v:line>
+        </w:pict>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="00AF6724" w:rsidP="00AF6724">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-          <w:b/>
-[...42 lines deleted...]
-        <w:t>فناوری</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>مدير محترم امور مالی دانشگاه</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="00AF6724" w:rsidP="00AF6724">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C21AA8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>با سلام،</w:t>
+        <w:t>با</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9221E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>سلام،</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="004322AA" w:rsidP="00AF6724">
-[...30 lines deleted...]
-        <w:t>​</w:t>
+    <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="0066409B" w:rsidP="0066409B">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">    احتراماً مراتب فوق مورد تائید و جهت اقدام مقتضی، </w:t>
       </w:r>
       <w:r w:rsidR="00AF6724" w:rsidRPr="00C21AA8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:rtl/>
         </w:rPr>
-        <w:t>های بعمل آمده و</w:t>
-[...284 lines deleted...]
-        <w:t xml:space="preserve">دستور فرمائيد نسبت به پرداخت یا تسویه  اقدام نمايند. </w:t>
+        <w:t xml:space="preserve">بلامانع است. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:bidiVisual/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="6835" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2803"/>
-[...239 lines deleted...]
-        <w:gridCol w:w="2803"/>
+        <w:gridCol w:w="3157"/>
       </w:tblGrid>
       <w:tr w:rsidR="00AF6724" w:rsidRPr="00C21AA8">
         <w:trPr>
           <w:trHeight w:val="585"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3157" w:type="dxa"/>
           </w:tcPr>
           <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="0063354C" w:rsidP="00FD71D2">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00C21AA8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
@@ -2031,326 +1746,287 @@
     </w:tbl>
     <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="00AF6724" w:rsidP="00AF6724">
       <w:pPr>
         <w:bidi/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C21AA8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">رونوشت : </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF6724" w:rsidRPr="000D77F6" w:rsidRDefault="00E858D7" w:rsidP="00AF6724">
+    <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="00E858D7" w:rsidP="00AF6724">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:bidi/>
         <w:jc w:val="lowKashida"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
-          <w:sz w:val="14"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="000D77F6">
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C21AA8">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
           <w:b/>
           <w:bCs w:val="0"/>
-          <w:sz w:val="14"/>
-          <w:szCs w:val="14"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
           <w:rtl/>
         </w:rPr>
         <w:t>دفتر ارتباط با صنعت</w:t>
       </w:r>
-      <w:r w:rsidR="00AF6724" w:rsidRPr="000D77F6">
-[...5 lines deleted...]
-          <w:szCs w:val="14"/>
+      <w:r w:rsidR="00AF6724" w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> جهت اطلاع و</w:t>
       </w:r>
-      <w:r w:rsidR="00577552" w:rsidRPr="000D77F6">
+      <w:r w:rsidR="00577552">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
           <w:b/>
           <w:bCs w:val="0"/>
-          <w:sz w:val="14"/>
-          <w:szCs w:val="14"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AF6724" w:rsidRPr="000D77F6">
-[...5 lines deleted...]
-          <w:szCs w:val="14"/>
+      <w:r w:rsidR="00AF6724" w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
           <w:rtl/>
         </w:rPr>
         <w:t>درج در سوابق</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00AF6724" w:rsidRPr="000D77F6" w:rsidRDefault="00AF6724" w:rsidP="00AF6724">
+    <w:p w:rsidR="00AF6724" w:rsidRPr="00C21AA8" w:rsidRDefault="00AF6724" w:rsidP="00AF6724">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:bidi/>
         <w:jc w:val="lowKashida"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-          <w:sz w:val="14"/>
-[...9 lines deleted...]
-          <w:szCs w:val="14"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C21AA8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="12"/>
+          <w:szCs w:val="12"/>
           <w:rtl/>
         </w:rPr>
         <w:t>دانشکده مهندسی .......................جناب آقای دکتر.....................................</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00882A16" w:rsidRPr="00C21AA8" w:rsidRDefault="00882A16" w:rsidP="001A6316">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00882A16" w:rsidRPr="00C21AA8" w:rsidSect="00B73B53">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+    <w:sectPr w:rsidR="00882A16" w:rsidRPr="00C21AA8" w:rsidSect="00F8787A">
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1418" w:bottom="851" w:left="851" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000C0466" w:rsidRDefault="000C0466" w:rsidP="00770E59">
+    <w:p w:rsidR="004A034F" w:rsidRDefault="004A034F" w:rsidP="00770E59">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000C0466" w:rsidRDefault="000C0466" w:rsidP="00770E59">
+    <w:p w:rsidR="004A034F" w:rsidRDefault="004A034F" w:rsidP="00770E59">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Zar">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="IPT.Nazanin.Outline">
-    <w:altName w:val="Symbol"/>
-    <w:panose1 w:val="00000400000000000000"/>
+    <w:altName w:val="G2 Buildings"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Nazanin">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Nazanin">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...28 lines deleted...]
-</w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="000C0466" w:rsidRDefault="000C0466" w:rsidP="00770E59">
+    <w:p w:rsidR="004A034F" w:rsidRDefault="004A034F" w:rsidP="00770E59">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="000C0466" w:rsidRDefault="000C0466" w:rsidP="00770E59">
+    <w:p w:rsidR="004A034F" w:rsidRDefault="004A034F" w:rsidP="00770E59">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00FB7F95" w:rsidRDefault="00FB7F95">
-[...9 lines deleted...]
-  <w:p w:rsidR="00770E59" w:rsidRPr="00611AE0" w:rsidRDefault="008C0265" w:rsidP="00611AE0">
+  <w:p w:rsidR="00770E59" w:rsidRPr="00611AE0" w:rsidRDefault="00016F02" w:rsidP="00611AE0">
     <w:pPr>
       <w:bidi/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>5477510</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-291465</wp:posOffset>
@@ -2467,337 +2143,190 @@
   <w:p w:rsidR="00770E59" w:rsidRPr="00B43FFA" w:rsidRDefault="00770E59" w:rsidP="00770E59">
     <w:pPr>
       <w:bidi/>
       <w:ind w:left="-477"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B43FFA">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                                                        </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00B43FFA" w:rsidRPr="00C833CC" w:rsidRDefault="000D77F6" w:rsidP="00B43FFA">
+  <w:p w:rsidR="00B43FFA" w:rsidRPr="00C833CC" w:rsidRDefault="004A034F" w:rsidP="00B43FFA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:bidi/>
       <w:ind w:left="-79" w:firstLine="79"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
-      <mc:AlternateContent>
-[...263 lines deleted...]
-      </mc:AlternateContent>
+      <w:pict>
+        <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+          <v:stroke joinstyle="miter"/>
+          <v:path gradientshapeok="t" o:connecttype="rect"/>
+        </v:shapetype>
+        <v:shape id="_x0000_s2050" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:151.5pt;margin-top:3.95pt;width:209.45pt;height:45pt;z-index:251658240" filled="f">
+          <v:textbox style="mso-next-textbox:#_x0000_s2050">
+            <w:txbxContent>
+              <w:p w:rsidR="001A6316" w:rsidRPr="00517924" w:rsidRDefault="001A6316" w:rsidP="00E9120D">
+                <w:pPr>
+                  <w:bidi/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                    <w:rtl/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00517924">
+                  <w:rPr>
+                    <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                    <w:rtl/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">فرم شماره </w:t>
+                </w:r>
+                <w:r w:rsidR="00193EC0" w:rsidRPr="00517924">
+                  <w:rPr>
+                    <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                    <w:rtl/>
+                  </w:rPr>
+                  <w:t>7</w:t>
+                </w:r>
+                <w:r w:rsidR="009912CE">
+                  <w:rPr>
+                    <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                    <w:rtl/>
+                  </w:rPr>
+                  <w:t>-3</w:t>
+                </w:r>
+              </w:p>
+              <w:p w:rsidR="001A6316" w:rsidRPr="00517924" w:rsidRDefault="009912CE" w:rsidP="00BF5FF9">
+                <w:pPr>
+                  <w:bidi/>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:rFonts w:cs="B Nazanin"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:rtl/>
+                  </w:rPr>
+                  <w:t xml:space="preserve">سایر </w:t>
+                </w:r>
+                <w:r w:rsidR="001A6316" w:rsidRPr="00517924">
+                  <w:rPr>
+                    <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:rtl/>
+                  </w:rPr>
+                  <w:t>هزی</w:t>
+                </w:r>
+                <w:r w:rsidR="00AD2505" w:rsidRPr="00517924">
+                  <w:rPr>
+                    <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:rtl/>
+                  </w:rPr>
+                  <w:t>نه</w:t>
+                </w:r>
+                <w:r w:rsidR="00AD2505" w:rsidRPr="00517924">
+                  <w:rPr>
+                    <w:rFonts w:cs="Times New Roman"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:rtl/>
+                  </w:rPr>
+                  <w:t>​</w:t>
+                </w:r>
+                <w:r w:rsidR="00AD2505" w:rsidRPr="00517924">
+                  <w:rPr>
+                    <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:rtl/>
+                  </w:rPr>
+                  <w:t>های طرح</w:t>
+                </w:r>
+                <w:r w:rsidR="00AD2505" w:rsidRPr="00517924">
+                  <w:rPr>
+                    <w:rFonts w:cs="Times New Roman"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:rtl/>
+                  </w:rPr>
+                  <w:t>​</w:t>
+                </w:r>
+                <w:r w:rsidR="001A6316" w:rsidRPr="00517924">
+                  <w:rPr>
+                    <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                    <w:sz w:val="20"/>
+                    <w:szCs w:val="20"/>
+                    <w:rtl/>
+                  </w:rPr>
+                  <w:t>های خارج از دانشگاه</w:t>
+                </w:r>
+              </w:p>
+              <w:p w:rsidR="001A6316" w:rsidRDefault="001A6316" w:rsidP="001A6316"/>
+            </w:txbxContent>
+          </v:textbox>
+        </v:shape>
+      </w:pict>
     </w:r>
     <w:r w:rsidR="00770E59" w:rsidRPr="00B43FFA">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">      </w:t>
     </w:r>
     <w:r w:rsidR="00770E59" w:rsidRPr="00C833CC">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">دانشگاه صنعتي سهند                                                                                  </w:t>
     </w:r>
     <w:r w:rsidR="001A6316" w:rsidRPr="00C833CC">
       <w:rPr>
@@ -3017,60 +2546,50 @@
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00770E59" w:rsidRPr="00B43FFA" w:rsidRDefault="00770E59" w:rsidP="00770E59">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="00770E59" w:rsidRPr="00B43FFA" w:rsidRDefault="00770E59">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
-    </w:pPr>
-[...8 lines deleted...]
-      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="001F5C3F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EF90EB00"/>
     <w:lvl w:ilvl="0" w:tplc="0A18A75C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
@@ -3648,226 +3167,229 @@
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2051"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="2"/>
+    </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000605A8"/>
     <w:rsid w:val="00002E37"/>
     <w:rsid w:val="00013011"/>
+    <w:rsid w:val="00016F02"/>
     <w:rsid w:val="000605A8"/>
     <w:rsid w:val="000630B8"/>
     <w:rsid w:val="000864F2"/>
     <w:rsid w:val="000A610A"/>
     <w:rsid w:val="000B1DC1"/>
-    <w:rsid w:val="000C0466"/>
     <w:rsid w:val="000C7D4B"/>
-    <w:rsid w:val="000D77F6"/>
     <w:rsid w:val="001165D0"/>
     <w:rsid w:val="0017610B"/>
     <w:rsid w:val="00193EC0"/>
     <w:rsid w:val="001A6316"/>
     <w:rsid w:val="00203FAD"/>
     <w:rsid w:val="002506CF"/>
     <w:rsid w:val="00255851"/>
     <w:rsid w:val="002728D1"/>
     <w:rsid w:val="002B38F3"/>
     <w:rsid w:val="002C00D5"/>
     <w:rsid w:val="002C1166"/>
     <w:rsid w:val="002C2710"/>
     <w:rsid w:val="00304C2D"/>
     <w:rsid w:val="0030668E"/>
     <w:rsid w:val="00325C4E"/>
     <w:rsid w:val="00331190"/>
     <w:rsid w:val="00346EFC"/>
     <w:rsid w:val="00354814"/>
     <w:rsid w:val="003627B0"/>
     <w:rsid w:val="0038298C"/>
     <w:rsid w:val="003E49C3"/>
+    <w:rsid w:val="00427066"/>
     <w:rsid w:val="004322AA"/>
     <w:rsid w:val="00451E73"/>
     <w:rsid w:val="00472FEF"/>
+    <w:rsid w:val="00473BBA"/>
     <w:rsid w:val="00485A71"/>
-    <w:rsid w:val="004B693F"/>
+    <w:rsid w:val="004A034F"/>
+    <w:rsid w:val="004C0B7E"/>
     <w:rsid w:val="004F0708"/>
     <w:rsid w:val="005170DA"/>
     <w:rsid w:val="00517924"/>
     <w:rsid w:val="00577552"/>
     <w:rsid w:val="00583885"/>
     <w:rsid w:val="00590C77"/>
     <w:rsid w:val="005A4276"/>
     <w:rsid w:val="005B775A"/>
     <w:rsid w:val="005F00CB"/>
     <w:rsid w:val="005F216F"/>
     <w:rsid w:val="005F357F"/>
     <w:rsid w:val="00611AE0"/>
     <w:rsid w:val="00614475"/>
     <w:rsid w:val="0061448F"/>
     <w:rsid w:val="0063354C"/>
     <w:rsid w:val="0066409B"/>
     <w:rsid w:val="006673EE"/>
     <w:rsid w:val="00723459"/>
     <w:rsid w:val="007322D2"/>
     <w:rsid w:val="00770E59"/>
     <w:rsid w:val="00781C13"/>
     <w:rsid w:val="007936D3"/>
     <w:rsid w:val="0079488D"/>
+    <w:rsid w:val="007C1313"/>
     <w:rsid w:val="007E7F2D"/>
+    <w:rsid w:val="007F276F"/>
     <w:rsid w:val="00815C8D"/>
     <w:rsid w:val="0081682D"/>
     <w:rsid w:val="008361BA"/>
     <w:rsid w:val="008465A7"/>
     <w:rsid w:val="00850F73"/>
     <w:rsid w:val="0086462D"/>
     <w:rsid w:val="00882A16"/>
-    <w:rsid w:val="008C0265"/>
     <w:rsid w:val="008D35C7"/>
-    <w:rsid w:val="008D466C"/>
     <w:rsid w:val="00931388"/>
     <w:rsid w:val="009476DC"/>
+    <w:rsid w:val="009912CE"/>
+    <w:rsid w:val="009D220C"/>
     <w:rsid w:val="009F271F"/>
     <w:rsid w:val="00A064A3"/>
     <w:rsid w:val="00A22343"/>
     <w:rsid w:val="00A42007"/>
     <w:rsid w:val="00A60262"/>
     <w:rsid w:val="00A833D9"/>
     <w:rsid w:val="00A86E08"/>
     <w:rsid w:val="00AD1094"/>
     <w:rsid w:val="00AD2505"/>
     <w:rsid w:val="00AF6724"/>
+    <w:rsid w:val="00B046BA"/>
     <w:rsid w:val="00B43FFA"/>
-    <w:rsid w:val="00B60B12"/>
     <w:rsid w:val="00B6318E"/>
     <w:rsid w:val="00B678FA"/>
     <w:rsid w:val="00B67C65"/>
-    <w:rsid w:val="00B73B53"/>
     <w:rsid w:val="00B9221E"/>
-    <w:rsid w:val="00BD3A8E"/>
     <w:rsid w:val="00BE1D3B"/>
     <w:rsid w:val="00BF0F13"/>
     <w:rsid w:val="00BF5FF9"/>
     <w:rsid w:val="00C06261"/>
     <w:rsid w:val="00C15844"/>
     <w:rsid w:val="00C21AA8"/>
     <w:rsid w:val="00C31CF7"/>
+    <w:rsid w:val="00C332E2"/>
     <w:rsid w:val="00C60604"/>
     <w:rsid w:val="00C7272A"/>
     <w:rsid w:val="00C767C0"/>
     <w:rsid w:val="00C833CC"/>
     <w:rsid w:val="00CA3BDB"/>
     <w:rsid w:val="00CC103D"/>
     <w:rsid w:val="00CC4997"/>
     <w:rsid w:val="00CC4DA6"/>
     <w:rsid w:val="00CD5C3C"/>
     <w:rsid w:val="00CE61AC"/>
-    <w:rsid w:val="00CF7C07"/>
     <w:rsid w:val="00D33CBB"/>
     <w:rsid w:val="00D56544"/>
     <w:rsid w:val="00D838CA"/>
     <w:rsid w:val="00DC643E"/>
     <w:rsid w:val="00DC6FCB"/>
     <w:rsid w:val="00DD28CE"/>
+    <w:rsid w:val="00E5257F"/>
     <w:rsid w:val="00E6746C"/>
     <w:rsid w:val="00E858D7"/>
     <w:rsid w:val="00E9120D"/>
     <w:rsid w:val="00EA7325"/>
     <w:rsid w:val="00EC2087"/>
     <w:rsid w:val="00EC5B52"/>
     <w:rsid w:val="00EF1CCF"/>
     <w:rsid w:val="00F47C5E"/>
     <w:rsid w:val="00F51491"/>
     <w:rsid w:val="00F8787A"/>
     <w:rsid w:val="00FA2696"/>
     <w:rsid w:val="00FB19DB"/>
     <w:rsid w:val="00FB38C2"/>
     <w:rsid w:val="00FB7F95"/>
     <w:rsid w:val="00FC092E"/>
     <w:rsid w:val="00FD71D2"/>
+    <w:rsid w:val="00FE0B5C"/>
     <w:rsid w:val="00FE2294"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="2051"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="/"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{88467FA4-767B-47CB-BE37-061D8DBD9A73}"/>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:docId w15:val="{713F2924-746D-4434-B7A1-988C8453DFF2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4291,64 +3813,90 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:rsid w:val="00770E59"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
     <w:rsid w:val="00770E59"/>
     <w:rPr>
       <w:rFonts w:ascii="IPT.Nazanin.Outline" w:hAnsi="IPT.Nazanin.Outline" w:cs="Nazanin"/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:rsid w:val="004C0B7E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:rsid w:val="004C0B7E"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:bCs/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -4600,79 +4148,79 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{247CDD02-5F36-467B-B8FD-9B75536D6EAD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D68AF3A8-E2E7-420B-AE4B-E3FCC73F6798}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>357</Words>
-  <Characters>2041</Characters>
+  <Words>319</Words>
+  <Characters>1821</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
+  <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>فرم شماره 1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Sahand</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2394</CharactersWithSpaces>
+  <CharactersWithSpaces>2136</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>فرم شماره 1</dc:title>
   <dc:creator>Dr. daneshvar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>