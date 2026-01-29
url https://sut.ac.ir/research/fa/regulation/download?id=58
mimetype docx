--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -1,2920 +1,3652 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00882A16" w:rsidRPr="00B82253" w:rsidRDefault="00E66FB9" w:rsidP="00882A16">
+    <w:p w14:paraId="0B70A85C" w14:textId="37446B48" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="00191A25" w:rsidP="00BA7F9C">
       <w:pPr>
         <w:bidi/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:noProof/>
-          <w:sz w:val="18"/>
-[...2 lines deleted...]
-          <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1A79AE68" wp14:editId="025DCDC9">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>1923415</wp:posOffset>
+                  <wp:posOffset>1999615</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>-708025</wp:posOffset>
+                  <wp:posOffset>-998855</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="2413000" cy="570865"/>
-                <wp:effectExtent l="6350" t="5715" r="9525" b="13970"/>
+                <wp:extent cx="2413000" cy="450215"/>
+                <wp:effectExtent l="6350" t="13335" r="9525" b="12700"/>
                 <wp:wrapNone/>
-                <wp:docPr id="2" name="Text Box 5"/>
+                <wp:docPr id="1308801377" name="Text Box 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2413000" cy="570865"/>
+                          <a:ext cx="2413000" cy="450215"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00882A16" w:rsidRPr="00856961" w:rsidRDefault="0086462D" w:rsidP="000B1DC1">
+                          <w:p w14:paraId="4D043CC9" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="0086462D" w:rsidP="000B1DC1">
                             <w:pPr>
                               <w:bidi/>
                               <w:jc w:val="center"/>
                               <w:rPr>
+                                <w:rStyle w:val="Emphasis"/>
                                 <w:rFonts w:cs="B Nazanin"/>
-                                <w:sz w:val="22"/>
-                                <w:szCs w:val="22"/>
+                                <w:i w:val="0"/>
+                                <w:iCs w:val="0"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
                                 <w:rtl/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00856961">
+                            <w:r w:rsidRPr="003534B6">
                               <w:rPr>
+                                <w:rStyle w:val="Emphasis"/>
                                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
-                                <w:sz w:val="22"/>
-                                <w:szCs w:val="22"/>
+                                <w:i w:val="0"/>
+                                <w:iCs w:val="0"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t xml:space="preserve">فرم شماره </w:t>
                             </w:r>
-                            <w:r w:rsidR="000B1DC1" w:rsidRPr="00856961">
+                            <w:r w:rsidR="000B1DC1" w:rsidRPr="003534B6">
                               <w:rPr>
+                                <w:rStyle w:val="Emphasis"/>
                                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
-                                <w:sz w:val="22"/>
-                                <w:szCs w:val="22"/>
+                                <w:i w:val="0"/>
+                                <w:iCs w:val="0"/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t>7-1</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00882A16" w:rsidRPr="00856961" w:rsidRDefault="00882A16" w:rsidP="0086462D">
+                          <w:p w14:paraId="369CC190" w14:textId="39789636" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="00882A16" w:rsidP="0086462D">
                             <w:pPr>
                               <w:bidi/>
                               <w:jc w:val="center"/>
                               <w:rPr>
+                                <w:rStyle w:val="Emphasis"/>
                                 <w:rFonts w:cs="B Nazanin"/>
                                 <w:sz w:val="18"/>
                                 <w:szCs w:val="18"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="006B4C17">
+                            <w:r w:rsidRPr="003534B6">
                               <w:rPr>
+                                <w:rStyle w:val="Emphasis"/>
                                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
-                                <w:sz w:val="20"/>
-                                <w:szCs w:val="20"/>
+                                <w:i w:val="0"/>
+                                <w:iCs w:val="0"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t xml:space="preserve">درخواست </w:t>
                             </w:r>
-                            <w:r w:rsidR="00E12DF7">
+                            <w:r w:rsidR="00E12DF7" w:rsidRPr="003534B6">
                               <w:rPr>
+                                <w:rStyle w:val="Emphasis"/>
                                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
-                                <w:sz w:val="20"/>
-                                <w:szCs w:val="20"/>
+                                <w:i w:val="0"/>
+                                <w:iCs w:val="0"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t>حق</w:t>
                             </w:r>
-                            <w:r w:rsidR="00E12DF7">
+                            <w:r w:rsidR="00E12DF7" w:rsidRPr="003534B6">
                               <w:rPr>
-                                <w:rFonts w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="20"/>
+                                <w:rStyle w:val="Emphasis"/>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+                                <w:i w:val="0"/>
+                                <w:iCs w:val="0"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t>​</w:t>
                             </w:r>
-                            <w:r w:rsidR="005B38E3" w:rsidRPr="006B4C17">
+                            <w:r w:rsidR="005B38E3" w:rsidRPr="003534B6">
                               <w:rPr>
+                                <w:rStyle w:val="Emphasis"/>
                                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
-                                <w:sz w:val="20"/>
-                                <w:szCs w:val="20"/>
+                                <w:i w:val="0"/>
+                                <w:iCs w:val="0"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
                                 <w:rtl/>
                               </w:rPr>
-                              <w:t>الزحمه فاز</w:t>
+                              <w:t>الزحمه</w:t>
                             </w:r>
-                            <w:r w:rsidR="005B38E3" w:rsidRPr="006B4C17">
+                            <w:r w:rsidR="003534B6">
                               <w:rPr>
-                                <w:rFonts w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="20"/>
+                                <w:rStyle w:val="Emphasis"/>
+                                <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                                <w:i w:val="0"/>
+                                <w:iCs w:val="0"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                                <w:rtl/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00B82209" w:rsidRPr="003534B6">
+                              <w:rPr>
+                                <w:rStyle w:val="Emphasis"/>
+                                <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                                <w:i w:val="0"/>
+                                <w:iCs w:val="0"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                                <w:rtl/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">(پرسنلی) </w:t>
+                            </w:r>
+                            <w:r w:rsidR="005B38E3" w:rsidRPr="003534B6">
+                              <w:rPr>
+                                <w:rStyle w:val="Emphasis"/>
+                                <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                                <w:i w:val="0"/>
+                                <w:iCs w:val="0"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                                <w:rtl/>
+                              </w:rPr>
+                              <w:t>فاز</w:t>
+                            </w:r>
+                            <w:r w:rsidR="005B38E3" w:rsidRPr="003534B6">
+                              <w:rPr>
+                                <w:rStyle w:val="Emphasis"/>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+                                <w:i w:val="0"/>
+                                <w:iCs w:val="0"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t>​</w:t>
                             </w:r>
-                            <w:r w:rsidR="0086462D" w:rsidRPr="006B4C17">
+                            <w:r w:rsidR="0086462D" w:rsidRPr="003534B6">
                               <w:rPr>
+                                <w:rStyle w:val="Emphasis"/>
                                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
-                                <w:sz w:val="20"/>
-                                <w:szCs w:val="20"/>
+                                <w:i w:val="0"/>
+                                <w:iCs w:val="0"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t>های</w:t>
                             </w:r>
-                            <w:r w:rsidR="005B38E3" w:rsidRPr="006B4C17">
+                            <w:r w:rsidR="005B38E3" w:rsidRPr="003534B6">
                               <w:rPr>
+                                <w:rStyle w:val="Emphasis"/>
                                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
-                                <w:sz w:val="20"/>
-                                <w:szCs w:val="20"/>
+                                <w:i w:val="0"/>
+                                <w:iCs w:val="0"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t xml:space="preserve"> طرح</w:t>
                             </w:r>
-                            <w:r w:rsidR="005B38E3" w:rsidRPr="006B4C17">
+                            <w:r w:rsidR="005B38E3" w:rsidRPr="003534B6">
                               <w:rPr>
-                                <w:rFonts w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                                <w:szCs w:val="20"/>
+                                <w:rStyle w:val="Emphasis"/>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+                                <w:i w:val="0"/>
+                                <w:iCs w:val="0"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t>​</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="006B4C17">
+                            <w:r w:rsidRPr="003534B6">
                               <w:rPr>
+                                <w:rStyle w:val="Emphasis"/>
                                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
-                                <w:sz w:val="20"/>
-                                <w:szCs w:val="20"/>
+                                <w:i w:val="0"/>
+                                <w:iCs w:val="0"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
                                 <w:rtl/>
                               </w:rPr>
-                              <w:t xml:space="preserve">های خارج </w:t>
+                              <w:t>های</w:t>
                             </w:r>
-                            <w:r w:rsidR="00856961" w:rsidRPr="006B4C17">
+                            <w:r w:rsidRPr="003534B6">
                               <w:rPr>
+                                <w:rStyle w:val="Emphasis"/>
                                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
-                                <w:sz w:val="20"/>
-                                <w:szCs w:val="20"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                                <w:rtl/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003534B6">
+                              <w:rPr>
+                                <w:rStyle w:val="Emphasis"/>
+                                <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                                <w:i w:val="0"/>
+                                <w:iCs w:val="0"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
+                                <w:rtl/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">خارج </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00856961" w:rsidRPr="003534B6">
+                              <w:rPr>
+                                <w:rStyle w:val="Emphasis"/>
+                                <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                                <w:i w:val="0"/>
+                                <w:iCs w:val="0"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t>از</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="006B4C17">
+                            <w:r w:rsidRPr="003534B6">
                               <w:rPr>
+                                <w:rStyle w:val="Emphasis"/>
                                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
-                                <w:sz w:val="20"/>
-                                <w:szCs w:val="20"/>
+                                <w:i w:val="0"/>
+                                <w:iCs w:val="0"/>
+                                <w:sz w:val="18"/>
+                                <w:szCs w:val="18"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t>دانشگاه</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00882A16" w:rsidRPr="002B7B60" w:rsidRDefault="00882A16">
+                          <w:p w14:paraId="36BA8349" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="002B7B60" w:rsidRDefault="00882A16">
                             <w:pPr>
                               <w:rPr>
                                 <w:rFonts w:cs="B Mitra"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="1A79AE68" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 5" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:151.45pt;margin-top:-55.75pt;width:190pt;height:44.95pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBPrHk8gQIAAA8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO2jAQfa/Uf7D8zuaygYWIsKIEqkrb&#10;i7TbDzC2Q6w6dmobkm3Vf+/YARa6L1XVPCR2ZnJ8zsyZzO/7RqIDN1ZoVeDkJsaIK6qZULsCf33a&#10;jKYYWUcUI1IrXuBnbvH94u2bedfmPNW1lowbBCDK5l1b4Nq5No8iS2veEHujW64gWGnTEAdbs4uY&#10;IR2gNzJK43gSddqw1mjKrYW35RDEi4BfVZy6z1VluUOywMDNhbsJ962/R4s5yXeGtLWgRxrkH1g0&#10;RCg49AxVEkfQ3ohXUI2gRltduRuqm0hXlaA8aAA1SfyHmseatDxogeLY9lwm+/9g6afDF4MEK3CK&#10;kSINtOiJ9w690z0a++p0rc0h6bGFNNfDa+hyUGrbB02/WaT0qiZqx5fG6K7mhAG7xH8ZXXw64FgP&#10;su0+agbHkL3TAaivTONLB8VAgA5dej53xlOh8DLNkts4hhCF2Pgunk4CuYjkp69bY917rhvkFwU2&#10;0PmATg4P1nk2JD+l+MOU3ggpQ/elQl2BZ+N0POjSUjAf9GnW7LYradCBeP+EK0iDyGVaIxy4WIqm&#10;wNNzEsl9NdaKhVMcEXJYAxOpPDiIA27H1eCWn7N4tp6up9koSyfrURaX5Wi5WWWjySa5G5e35WpV&#10;Jr88zyTLa8EYV57qyblJ9nfOOM7Q4Lmzd68kXSnfhOu18uiaRqgyqDo9g7pgA9/5wQOu3/ZQEO+N&#10;rWbPYAijh6mEvwgsam1+YNTBRBbYft8TwzGSHxSYapZkmR/hsMnGdylszGVkexkhigJUgR1Gw3Ll&#10;hrHft0bsajhpsLHSSzBiJYJHXlgd7QtTF8Qc/xB+rC/3IevlP7b4DQAA//8DAFBLAwQUAAYACAAA&#10;ACEAJavMY98AAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3FrHiUjbEKdC&#10;FO4QClydeJtE+CeK3Tbw9GxPcNzZ2dlvyu1sDTvhFAbvJIhlAgxd6/XgOgn7t+fFGliIymllvEMJ&#10;3xhgW11flarQ/uxe8VTHjlGIC4WS0Mc4FpyHtkerwtKP6Gh38JNVkcap43pSZwq3hqdJknOrBkcf&#10;ejXiY4/tV320hJF+7rPdS42rlWqy3dPP++bwYaS8vZkf7oFFnOOfGS74dAMVMTX+6HRgRkKWpBuy&#10;SlgIIe6AkSVfX6SGpFTkwKuS/y9R/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBPrHk8&#10;gQIAAA8FAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAl&#10;q8xj3wAAAAwBAAAPAAAAAAAAAAAAAAAAANsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAA5wUAAAAA&#10;" filled="f">
+              <v:shape id="Text Box 5" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:157.45pt;margin-top:-78.65pt;width:190pt;height:35.45pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDWbjrOEgIAAAIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjxkq014hRdug4D&#10;ugvQ7QNkWY6FyaJGKbGzrx8lu2mwvQ3zg0Ca1CF5eLS5GXvDjgq9Blvx5SLnTFkJjbb7in//dv/q&#10;ijMfhG2EAasqflKe32xfvtgMrlQFdGAahYxArC8HV/EuBFdmmZed6oVfgFOWgi1gLwK5uM8aFAOh&#10;9yYr8vxNNgA2DkEq7+nv3RTk24TftkqGL23rVWCm4tRbSCems45ntt2Ico/CdVrObYh/6KIX2lLR&#10;M9SdCIIdUP8F1WuJ4KENCwl9Bm2rpUoz0DTL/I9pHjvhVJqFyPHuTJP/f7Dy8/HRfUUWxncw0gLT&#10;EN49gPzhmYVdJ+xe3SLC0CnRUOFlpCwbnC/nq5FqX/oIUg+foKEli0OABDS22EdWaE5G6LSA05l0&#10;NQYm6WexWr7OcwpJiq3WebFcpxKifLrt0IcPCnoWjYojLTWhi+ODD7EbUT6lxGIW7rUxabHGsqHi&#10;1+tiPc0FRjcxGNM87uudQXYUURrpm+v6y7ReBxKo0X3Fr85JooxsvLdNqhKENpNNnRg70xMZmbgJ&#10;Yz1SYqSphuZERCFMQqSHQ0YH+IuzgURYcf/zIFBxZj5aIvt6uVpF1SZntX5bkIOXkfoyIqwkqIoH&#10;ziZzFyalHxzqfUeVpvVauKUFtTpx99zV3DcJLVE6P4qo5Es/ZT0/3e1vAAAA//8DAFBLAwQUAAYA&#10;CAAAACEA7SOwVt8AAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPT0+DQBDF7yZ+h82YeGsXSoWC&#10;LI2xelesel3YKRD3D2G3LfrpnZ70OG/evPm9cjsbzU44+cFZAfEyAoa2dWqwnYD92/NiA8wHaZXU&#10;zqKAb/Swra6vSlkod7aveKpDxyjE+kIK6EMYC85926ORfulGtLQ7uMnIQOPUcTXJM4UbzVdRlHIj&#10;B0sfejniY4/tV300hLH63Ce7lxqzTDbJ7unnPT98aCFub+aHe2AB5/Bnhgs+3UBFTI07WuWZFpDE&#10;65ysAhbxXZYAI0uaX6SGpE26Bl6V/H+J6hcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDW&#10;bjrOEgIAAAIEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQDtI7BW3wAAAAwBAAAPAAAAAAAAAAAAAAAAAGwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" filled="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00882A16" w:rsidRPr="00856961" w:rsidRDefault="0086462D" w:rsidP="000B1DC1">
+                    <w:p w14:paraId="4D043CC9" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="0086462D" w:rsidP="000B1DC1">
                       <w:pPr>
                         <w:bidi/>
                         <w:jc w:val="center"/>
                         <w:rPr>
+                          <w:rStyle w:val="Emphasis"/>
                           <w:rFonts w:cs="B Nazanin"/>
-                          <w:sz w:val="22"/>
-                          <w:szCs w:val="22"/>
+                          <w:i w:val="0"/>
+                          <w:iCs w:val="0"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
                           <w:rtl/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00856961">
+                      <w:r w:rsidRPr="003534B6">
                         <w:rPr>
+                          <w:rStyle w:val="Emphasis"/>
                           <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
-                          <w:sz w:val="22"/>
-                          <w:szCs w:val="22"/>
+                          <w:i w:val="0"/>
+                          <w:iCs w:val="0"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t xml:space="preserve">فرم شماره </w:t>
                       </w:r>
-                      <w:r w:rsidR="000B1DC1" w:rsidRPr="00856961">
+                      <w:r w:rsidR="000B1DC1" w:rsidRPr="003534B6">
                         <w:rPr>
+                          <w:rStyle w:val="Emphasis"/>
                           <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
-                          <w:sz w:val="22"/>
-                          <w:szCs w:val="22"/>
+                          <w:i w:val="0"/>
+                          <w:iCs w:val="0"/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>7-1</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00882A16" w:rsidRPr="00856961" w:rsidRDefault="00882A16" w:rsidP="0086462D">
+                    <w:p w14:paraId="369CC190" w14:textId="39789636" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="00882A16" w:rsidP="0086462D">
                       <w:pPr>
                         <w:bidi/>
                         <w:jc w:val="center"/>
                         <w:rPr>
+                          <w:rStyle w:val="Emphasis"/>
                           <w:rFonts w:cs="B Nazanin"/>
                           <w:sz w:val="18"/>
                           <w:szCs w:val="18"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="006B4C17">
+                      <w:r w:rsidRPr="003534B6">
                         <w:rPr>
+                          <w:rStyle w:val="Emphasis"/>
                           <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
-                          <w:sz w:val="20"/>
-                          <w:szCs w:val="20"/>
+                          <w:i w:val="0"/>
+                          <w:iCs w:val="0"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t xml:space="preserve">درخواست </w:t>
                       </w:r>
-                      <w:r w:rsidR="00E12DF7">
+                      <w:r w:rsidR="00E12DF7" w:rsidRPr="003534B6">
                         <w:rPr>
+                          <w:rStyle w:val="Emphasis"/>
                           <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
-                          <w:sz w:val="20"/>
-                          <w:szCs w:val="20"/>
+                          <w:i w:val="0"/>
+                          <w:iCs w:val="0"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>حق</w:t>
                       </w:r>
-                      <w:r w:rsidR="00E12DF7">
+                      <w:r w:rsidR="00E12DF7" w:rsidRPr="003534B6">
                         <w:rPr>
-                          <w:rFonts w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                          <w:szCs w:val="20"/>
+                          <w:rStyle w:val="Emphasis"/>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+                          <w:i w:val="0"/>
+                          <w:iCs w:val="0"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>​</w:t>
                       </w:r>
-                      <w:r w:rsidR="005B38E3" w:rsidRPr="006B4C17">
+                      <w:r w:rsidR="005B38E3" w:rsidRPr="003534B6">
                         <w:rPr>
+                          <w:rStyle w:val="Emphasis"/>
                           <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
-                          <w:sz w:val="20"/>
-                          <w:szCs w:val="20"/>
+                          <w:i w:val="0"/>
+                          <w:iCs w:val="0"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
                           <w:rtl/>
                         </w:rPr>
-                        <w:t>الزحمه فاز</w:t>
+                        <w:t>الزحمه</w:t>
                       </w:r>
-                      <w:r w:rsidR="005B38E3" w:rsidRPr="006B4C17">
+                      <w:r w:rsidR="003534B6">
                         <w:rPr>
-                          <w:rFonts w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                          <w:szCs w:val="20"/>
+                          <w:rStyle w:val="Emphasis"/>
+                          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                          <w:i w:val="0"/>
+                          <w:iCs w:val="0"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                          <w:rtl/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00B82209" w:rsidRPr="003534B6">
+                        <w:rPr>
+                          <w:rStyle w:val="Emphasis"/>
+                          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                          <w:i w:val="0"/>
+                          <w:iCs w:val="0"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                          <w:rtl/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">(پرسنلی) </w:t>
+                      </w:r>
+                      <w:r w:rsidR="005B38E3" w:rsidRPr="003534B6">
+                        <w:rPr>
+                          <w:rStyle w:val="Emphasis"/>
+                          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                          <w:i w:val="0"/>
+                          <w:iCs w:val="0"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                          <w:rtl/>
+                        </w:rPr>
+                        <w:t>فاز</w:t>
+                      </w:r>
+                      <w:r w:rsidR="005B38E3" w:rsidRPr="003534B6">
+                        <w:rPr>
+                          <w:rStyle w:val="Emphasis"/>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+                          <w:i w:val="0"/>
+                          <w:iCs w:val="0"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>​</w:t>
                       </w:r>
-                      <w:r w:rsidR="0086462D" w:rsidRPr="006B4C17">
+                      <w:r w:rsidR="0086462D" w:rsidRPr="003534B6">
                         <w:rPr>
+                          <w:rStyle w:val="Emphasis"/>
                           <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
-                          <w:sz w:val="20"/>
-                          <w:szCs w:val="20"/>
+                          <w:i w:val="0"/>
+                          <w:iCs w:val="0"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>های</w:t>
                       </w:r>
-                      <w:r w:rsidR="005B38E3" w:rsidRPr="006B4C17">
+                      <w:r w:rsidR="005B38E3" w:rsidRPr="003534B6">
                         <w:rPr>
+                          <w:rStyle w:val="Emphasis"/>
                           <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
-                          <w:sz w:val="20"/>
-                          <w:szCs w:val="20"/>
+                          <w:i w:val="0"/>
+                          <w:iCs w:val="0"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t xml:space="preserve"> طرح</w:t>
                       </w:r>
-                      <w:r w:rsidR="005B38E3" w:rsidRPr="006B4C17">
+                      <w:r w:rsidR="005B38E3" w:rsidRPr="003534B6">
                         <w:rPr>
-                          <w:rFonts w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                          <w:szCs w:val="20"/>
+                          <w:rStyle w:val="Emphasis"/>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+                          <w:i w:val="0"/>
+                          <w:iCs w:val="0"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>​</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="006B4C17">
+                      <w:r w:rsidRPr="003534B6">
                         <w:rPr>
+                          <w:rStyle w:val="Emphasis"/>
                           <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
-                          <w:sz w:val="20"/>
-                          <w:szCs w:val="20"/>
+                          <w:i w:val="0"/>
+                          <w:iCs w:val="0"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
                           <w:rtl/>
                         </w:rPr>
-                        <w:t xml:space="preserve">های خارج </w:t>
+                        <w:t>های</w:t>
                       </w:r>
-                      <w:r w:rsidR="00856961" w:rsidRPr="006B4C17">
+                      <w:r w:rsidRPr="003534B6">
                         <w:rPr>
+                          <w:rStyle w:val="Emphasis"/>
                           <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
-                          <w:sz w:val="20"/>
-                          <w:szCs w:val="20"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                          <w:rtl/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003534B6">
+                        <w:rPr>
+                          <w:rStyle w:val="Emphasis"/>
+                          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                          <w:i w:val="0"/>
+                          <w:iCs w:val="0"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
+                          <w:rtl/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">خارج </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00856961" w:rsidRPr="003534B6">
+                        <w:rPr>
+                          <w:rStyle w:val="Emphasis"/>
+                          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                          <w:i w:val="0"/>
+                          <w:iCs w:val="0"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>از</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="006B4C17">
+                      <w:r w:rsidRPr="003534B6">
                         <w:rPr>
+                          <w:rStyle w:val="Emphasis"/>
                           <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
-                          <w:sz w:val="20"/>
-                          <w:szCs w:val="20"/>
+                          <w:i w:val="0"/>
+                          <w:iCs w:val="0"/>
+                          <w:sz w:val="18"/>
+                          <w:szCs w:val="18"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>دانشگاه</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00882A16" w:rsidRPr="002B7B60" w:rsidRDefault="00882A16">
+                    <w:p w14:paraId="36BA8349" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="002B7B60" w:rsidRDefault="00882A16">
                       <w:pPr>
                         <w:rPr>
                           <w:rFonts w:cs="B Mitra"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-    </w:p>
-[...14 lines deleted...]
-          <w:szCs w:val="18"/>
+      <w:r w:rsidR="00882A16" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t></w:t>
+      </w:r>
+      <w:r w:rsidR="00882A16" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">مدير محترم </w:t>
+      </w:r>
+      <w:r w:rsidR="007876C4" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>امور فناوری و کارآفرینی</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BF798AD" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="00770E59" w:rsidP="00BA7F9C">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>با سلام،</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64A91B15" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="00882A16" w:rsidP="00A43B69">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B82253">
-[...36 lines deleted...]
-    <w:p w:rsidR="00882A16" w:rsidRPr="00B82253" w:rsidRDefault="00770E59" w:rsidP="00882A16">
+      <w:r w:rsidR="0086462D" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  احتراماً نظر به ارسال گزارش فاز................/ گزارش نهائی طرح پژوهشی .......................</w:t>
+      </w:r>
+      <w:r w:rsidR="005B38E3" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>...............................</w:t>
+      </w:r>
+      <w:r w:rsidR="005B38E3" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0086462D" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>و</w:t>
+      </w:r>
+      <w:r w:rsidR="005B38E3" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0086462D" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>وصول مبلغ......................................</w:t>
+      </w:r>
+      <w:r w:rsidR="00A43B69" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">ریال، </w:t>
+      </w:r>
+      <w:r w:rsidR="0086462D" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>مستدعی است دستور فرمائيد نسبت به پرداخت حق الزحمه اينجانب و</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67C65" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0086462D" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>همکاران طرح بر اساس مفاد قرارداد اقدام لازم معمول دارند</w:t>
+      </w:r>
+      <w:r w:rsidR="00B67C65" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4680E6BF" w14:textId="77777777" w:rsidR="0086462D" w:rsidRPr="003534B6" w:rsidRDefault="0086462D" w:rsidP="00BA7F9C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...147 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:bidiVisual/>
         <w:tblW w:w="3157" w:type="dxa"/>
         <w:jc w:val="right"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3157"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C1166" w:rsidRPr="00B82253">
+      <w:tr w:rsidR="002C1166" w:rsidRPr="003534B6" w14:paraId="3E0B45AB" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="252"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3157" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C1166" w:rsidRPr="00B82253" w:rsidRDefault="002C1166" w:rsidP="00F8787A">
+          <w:p w14:paraId="77F48F07" w14:textId="77777777" w:rsidR="002C1166" w:rsidRDefault="002C1166" w:rsidP="00BA7F9C">
             <w:pPr>
-              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B82253">
+            <w:r w:rsidRPr="003534B6">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>مجری طرح</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="5A20F95D" w14:textId="77777777" w:rsidR="00C305D8" w:rsidRPr="003534B6" w:rsidRDefault="00C305D8" w:rsidP="00BA7F9C">
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00882A16" w:rsidRPr="00B82253" w:rsidRDefault="00882A16" w:rsidP="00770E59">
+    <w:p w14:paraId="517C85A4" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="00882A16" w:rsidP="00BA7F9C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00882A16" w:rsidRPr="00B82253" w:rsidRDefault="00882A16" w:rsidP="00882A16">
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="311FBA39" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="00882A16" w:rsidP="00BA7F9C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>1) مجری محترم طرح</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="00B82253" w:rsidRDefault="00882A16" w:rsidP="00882A16">
+    <w:p w14:paraId="2937E7C9" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="00882A16" w:rsidP="00BA7F9C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...11 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>با سلام</w:t>
       </w:r>
-      <w:r w:rsidR="00770E59" w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="00770E59" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>،</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="00B82253" w:rsidRDefault="005B38E3" w:rsidP="00882A16">
+    <w:p w14:paraId="60C3E402" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="005B38E3" w:rsidP="00BA7F9C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...10 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">  احتراماً طبق بررسی</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
-      <w:r w:rsidR="00882A16" w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="00882A16" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>های  به عمل آمد</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>ه بدليل موارد زير اسناد عودت می</w:t>
       </w:r>
-      <w:r w:rsidR="00AD1072" w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="00AD1072" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
-      <w:r w:rsidR="00882A16" w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="00882A16" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>گردد.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="227"/>
         <w:bidiVisual/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3157"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00472FEF" w:rsidRPr="00B82253">
+      <w:tr w:rsidR="00472FEF" w:rsidRPr="003534B6" w14:paraId="188CB464" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3157" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00472FEF" w:rsidRPr="00B82253" w:rsidRDefault="00472FEF" w:rsidP="005B38E3">
+          <w:p w14:paraId="560F0056" w14:textId="77777777" w:rsidR="00472FEF" w:rsidRPr="003534B6" w:rsidRDefault="00472FEF" w:rsidP="00BA7F9C">
             <w:pPr>
-              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B82253">
+            <w:r w:rsidRPr="003534B6">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">کارشناس </w:t>
             </w:r>
-            <w:r w:rsidR="005B38E3" w:rsidRPr="00B82253">
+            <w:r w:rsidR="005B38E3" w:rsidRPr="003534B6">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>طرح</w:t>
             </w:r>
-            <w:r w:rsidR="005B38E3" w:rsidRPr="00B82253">
+            <w:r w:rsidR="005B38E3" w:rsidRPr="003534B6">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman" w:hint="cs"/>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>​</w:t>
             </w:r>
-            <w:r w:rsidR="005B38E3" w:rsidRPr="00B82253">
+            <w:r w:rsidR="005B38E3" w:rsidRPr="003534B6">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>های</w:t>
             </w:r>
-            <w:r w:rsidRPr="00B82253">
+            <w:r w:rsidRPr="003534B6">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> پژوهش</w:t>
             </w:r>
-            <w:r w:rsidR="005B38E3" w:rsidRPr="00B82253">
+            <w:r w:rsidR="005B38E3" w:rsidRPr="003534B6">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>ی</w:t>
             </w:r>
-            <w:r w:rsidR="00583885" w:rsidRPr="00B82253">
+            <w:r w:rsidR="00583885" w:rsidRPr="003534B6">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00770E59" w:rsidRPr="00B82253" w:rsidRDefault="00770E59" w:rsidP="00770E59">
+    <w:p w14:paraId="68F12F4D" w14:textId="77777777" w:rsidR="00770E59" w:rsidRPr="003534B6" w:rsidRDefault="00770E59" w:rsidP="00BA7F9C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:bidi/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...10 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>............................................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="00B82253" w:rsidRDefault="00770E59" w:rsidP="00770E59">
+    <w:p w14:paraId="07B0880D" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="00770E59" w:rsidP="00BA7F9C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:bidi/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...11 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>.............................................................................................................</w:t>
       </w:r>
-      <w:r w:rsidR="00882A16" w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="00882A16" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="00B82253" w:rsidRDefault="00882A16" w:rsidP="00472FEF">
-[...11 lines deleted...]
-    <w:p w:rsidR="00882A16" w:rsidRPr="00B82253" w:rsidRDefault="00882A16" w:rsidP="00882A16">
+    <w:p w14:paraId="1A5FFD7E" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="00882A16" w:rsidP="00BA7F9C">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F8C8909" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="00882A16" w:rsidP="00BA7F9C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00882A16" w:rsidRPr="00B82253" w:rsidRDefault="00882A16" w:rsidP="00770E59">
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D721C4C" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="00882A16" w:rsidP="00BA7F9C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00882A16" w:rsidRPr="00B82253" w:rsidRDefault="000D26A9" w:rsidP="00A25A87">
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DB47D88" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="000D26A9" w:rsidP="00BA7F9C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>2) مدير</w:t>
       </w:r>
-      <w:r w:rsidR="00583885" w:rsidRPr="00B82253">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+      <w:r w:rsidR="00583885" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> محترم </w:t>
       </w:r>
-      <w:r w:rsidR="00A25A87" w:rsidRPr="00B82253">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+      <w:r w:rsidR="00A25A87" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>ارتباط ب</w:t>
       </w:r>
-      <w:r w:rsidR="00A25A87" w:rsidRPr="00B82253">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
+      <w:r w:rsidR="00A25A87" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>ا</w:t>
       </w:r>
-      <w:r w:rsidR="00A25A87" w:rsidRPr="00B82253">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+      <w:r w:rsidR="00A25A87" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> صنعت</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="00B82253" w:rsidRDefault="00882A16" w:rsidP="00882A16">
+    <w:p w14:paraId="30408FDE" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="00882A16" w:rsidP="00BA7F9C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...11 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>با سلام،</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="00B82253" w:rsidRDefault="00882A16" w:rsidP="00882A16">
+    <w:p w14:paraId="37DBF9BC" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="00882A16" w:rsidP="00BA7F9C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...10 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">       احتراماً طبق بر</w:t>
       </w:r>
-      <w:r w:rsidR="00A25A87" w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="00A25A87" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>رسی</w:t>
       </w:r>
-      <w:r w:rsidR="00A25A87" w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="00A25A87" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>های بعمل آمده و</w:t>
       </w:r>
-      <w:r w:rsidR="00A25A87" w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="00A25A87" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>با توجه به تکميل مدارک و</w:t>
       </w:r>
-      <w:r w:rsidR="00A25A87" w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="00A25A87" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">اسناد لازم طرح................................................................................... </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="00B82253" w:rsidRDefault="00882A16" w:rsidP="00E66FB9">
+    <w:p w14:paraId="0D088315" w14:textId="77777777" w:rsidR="0086462D" w:rsidRPr="003534B6" w:rsidRDefault="00882A16" w:rsidP="00BA7F9C">
       <w:pPr>
         <w:bidi/>
-        <w:jc w:val="both"/>
-[...13 lines deleted...]
-          <w:bCs w:val="0"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">.................................................................... به شماره قرارداد   ......................... </w:t>
       </w:r>
-      <w:r w:rsidR="00A25A87" w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="00A25A87" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">پرداخت </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>مبلغ............................................. ريال</w:t>
       </w:r>
-      <w:r w:rsidR="0086462D" w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="0086462D" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> در وجه مجری و</w:t>
       </w:r>
-      <w:r w:rsidR="00A25A87" w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="00A25A87" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A25A87" w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="00A25A87" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>يا تسويه پيش</w:t>
       </w:r>
-      <w:r w:rsidR="00A25A87" w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="00A25A87" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
-      <w:r w:rsidR="0086462D" w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="0086462D" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">پرداخت قبلی </w:t>
       </w:r>
-      <w:r w:rsidR="00E66FB9">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+    </w:p>
+    <w:p w14:paraId="1A9971AE" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="00A25A87" w:rsidP="00BA7F9C">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> پس از</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A25A87" w:rsidRPr="00B82253">
-[...25 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="00882A16" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">کسر کسورات قانونی </w:t>
       </w:r>
-      <w:r w:rsidR="00A25A87" w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>با توجه به موارد ذيل بلامانع می</w:t>
       </w:r>
-      <w:r w:rsidR="00A25A87" w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="00882A16" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>باشد.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="00B82253" w:rsidRDefault="00770E59" w:rsidP="00770E59">
+    <w:p w14:paraId="0BAAEAC5" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="00770E59" w:rsidP="00BA7F9C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:bidi/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...10 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>...........................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00770E59" w:rsidRPr="00B82253" w:rsidRDefault="00770E59" w:rsidP="00770E59">
+    <w:p w14:paraId="36FD30C7" w14:textId="77777777" w:rsidR="00770E59" w:rsidRPr="003534B6" w:rsidRDefault="00770E59" w:rsidP="00BA7F9C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:bidi/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...11 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>............................................................................</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="272"/>
         <w:bidiVisual/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3157"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00882A16" w:rsidRPr="00B82253">
+      <w:tr w:rsidR="00882A16" w:rsidRPr="003534B6" w14:paraId="37C55C7E" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3157" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00882A16" w:rsidRPr="00B82253" w:rsidRDefault="00882A16" w:rsidP="00A25A87">
+          <w:p w14:paraId="2A451863" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="00882A16" w:rsidP="00BA7F9C">
             <w:pPr>
-              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B82253">
+            <w:r w:rsidRPr="003534B6">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">کارشناس </w:t>
             </w:r>
-            <w:r w:rsidR="00A25A87" w:rsidRPr="00B82253">
+            <w:r w:rsidR="00A25A87" w:rsidRPr="003534B6">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>مالی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00882A16" w:rsidRPr="00B82253" w:rsidRDefault="00882A16" w:rsidP="00882A16">
+    <w:p w14:paraId="297A0F0A" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="00882A16" w:rsidP="00BA7F9C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...8 lines deleted...]
-    <w:p w:rsidR="00882A16" w:rsidRPr="00B82253" w:rsidRDefault="00E66FB9" w:rsidP="00E66FB9">
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A9FAE20" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="00882A16" w:rsidP="00BA7F9C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...26 lines deleted...]
-    <w:p w:rsidR="00770E59" w:rsidRPr="00B82253" w:rsidRDefault="00770E59" w:rsidP="00882A16">
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AE7E401" w14:textId="77777777" w:rsidR="00770E59" w:rsidRPr="003534B6" w:rsidRDefault="00770E59" w:rsidP="00BA7F9C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00882A16" w:rsidRPr="00B82253" w:rsidRDefault="00402070" w:rsidP="00770E59">
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D22E728" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="00402070" w:rsidP="00BA7F9C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>معاون محترم پژوهش</w:t>
       </w:r>
-      <w:r w:rsidR="00583885" w:rsidRPr="00B82253">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+      <w:r w:rsidR="00583885" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> و فناوری</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="00B82253" w:rsidRDefault="00882A16" w:rsidP="00770E59">
+    <w:p w14:paraId="1F0ADFD8" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="00882A16" w:rsidP="00BA7F9C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...10 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>با سلام،</w:t>
       </w:r>
-      <w:r w:rsidR="00770E59" w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="00770E59" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00010AA6">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="00010AA6" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>احتراماً طبق بررسی</w:t>
       </w:r>
-      <w:r w:rsidR="00010AA6">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="00010AA6" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>های بعمل آمده و</w:t>
       </w:r>
-      <w:r w:rsidR="00F23D4E" w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="00F23D4E" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>با توجه به تکميل مدارک و</w:t>
       </w:r>
-      <w:r w:rsidR="00F23D4E" w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="00F23D4E" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">اسناد لازم طرح................................................................................... </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="00B82253" w:rsidRDefault="00882A16" w:rsidP="00583885">
+    <w:p w14:paraId="7F3A3409" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="00882A16" w:rsidP="00BA7F9C">
       <w:pPr>
         <w:bidi/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...11 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">.................................................................... به شماره قرارداد   .........................  جهت: تسویه اسناد هزینه </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F06F"/>
       </w:r>
-      <w:r w:rsidR="00402070" w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="00402070" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> پیش  پرداخت مرحله </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F06F"/>
       </w:r>
-      <w:r w:rsidR="00010AA6">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="00010AA6" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">  تسویه پیش</w:t>
       </w:r>
-      <w:r w:rsidR="00010AA6">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="00010AA6" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">پرداخت قبلی </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:sym w:font="Wingdings" w:char="F06F"/>
       </w:r>
-      <w:r w:rsidR="00E66FB9">
-[...14 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">  به مبلغ................................... ريال پس از کسر کسورات قانونی در وجه مجری </w:t>
+      </w:r>
+      <w:r w:rsidR="00583885" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>محترم........................مطابق قرارداد</w:t>
+      </w:r>
+      <w:r w:rsidR="00402070" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>، بلامانع می</w:t>
+      </w:r>
+      <w:r w:rsidR="00402070" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>​</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>باشد.</w:t>
+      </w:r>
+      <w:r w:rsidR="00010AA6" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B82253">
-[...69 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">خواهشمند است در </w:t>
       </w:r>
-      <w:r w:rsidR="00583885" w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="00583885" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">صورت موافقت </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">دستور فرمائيد نسبت به پرداخت یا تسویه  اقدام نمايند. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:bidiVisual/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="6835" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2803"/>
+        <w:gridCol w:w="3136"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C1166" w:rsidRPr="00B82253">
+      <w:tr w:rsidR="002C1166" w:rsidRPr="003534B6" w14:paraId="3A995195" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="207"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3157" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="002C1166" w:rsidRPr="00B82253" w:rsidRDefault="002C1166" w:rsidP="00402070">
+          <w:p w14:paraId="76EB43EA" w14:textId="77777777" w:rsidR="002C1166" w:rsidRPr="003534B6" w:rsidRDefault="00F2323C" w:rsidP="00BA7F9C">
             <w:pPr>
-              <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B82253">
+            <w:r w:rsidRPr="003534B6">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>مدير</w:t>
+              <w:t>مديريت</w:t>
             </w:r>
-            <w:r w:rsidR="00402070" w:rsidRPr="00B82253">
+            <w:r w:rsidR="007876C4" w:rsidRPr="003534B6">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t xml:space="preserve"> ارتباط ب</w:t>
+              <w:t xml:space="preserve"> امور</w:t>
             </w:r>
-            <w:r w:rsidR="00402070" w:rsidRPr="00B82253">
+            <w:r w:rsidRPr="003534B6">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
-[...17 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="00E570B9" w:rsidRPr="003534B6">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="B Nazanin"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t xml:space="preserve">فناوري </w:t>
+            </w:r>
+            <w:r w:rsidR="007876C4" w:rsidRPr="003534B6">
+              <w:rPr>
+                <w:rStyle w:val="Emphasis"/>
+                <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:rtl/>
+              </w:rPr>
+              <w:t>و کارآفرینی</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00882A16" w:rsidRPr="00B82253" w:rsidRDefault="00882A16" w:rsidP="00882A16">
+    <w:p w14:paraId="26DB986C" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="00882A16" w:rsidP="00BA7F9C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...6 lines deleted...]
-    <w:p w:rsidR="00882A16" w:rsidRPr="00B82253" w:rsidRDefault="00882A16" w:rsidP="00770E59">
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51733229" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="00882A16" w:rsidP="00BA7F9C">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>مدير محترم امور مالی دانشگاه</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="00B82253" w:rsidRDefault="00882A16" w:rsidP="00882A16">
+    <w:p w14:paraId="4B58414F" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="00882A16" w:rsidP="00BA7F9C">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...11 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>با</w:t>
       </w:r>
-      <w:r w:rsidR="00770E59" w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="00770E59" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>سلام،</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B76CC2" w:rsidRPr="00B82253" w:rsidRDefault="00882A16" w:rsidP="00B76CC2">
+    <w:p w14:paraId="13CE5B8E" w14:textId="77777777" w:rsidR="00B76CC2" w:rsidRPr="003534B6" w:rsidRDefault="00882A16" w:rsidP="00BA7F9C">
       <w:pPr>
         <w:bidi/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...11 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">    احتراماً پرداخت مبلغ</w:t>
       </w:r>
-      <w:r w:rsidR="00B76CC2" w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="00B76CC2" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> فوق</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> پس از کسر کسورات قانونی در وجه</w:t>
       </w:r>
-      <w:r w:rsidR="00583885" w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="00583885" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> مجری طرح مطابق مفاد قرارداد </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>بلامانع است.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="00B82253" w:rsidRDefault="00882A16" w:rsidP="00B76CC2">
+    <w:p w14:paraId="6E9B009E" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="00882A16" w:rsidP="00BA7F9C">
       <w:pPr>
         <w:bidi/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...11 lines deleted...]
-          <w:bCs w:val="0"/>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...76 lines deleted...]
-          <w:bCs w:val="0"/>
+    <w:p w14:paraId="4B73A9C7" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="00402070" w:rsidP="00BA7F9C">
+      <w:pPr>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                                                                                    </w:t>
+      </w:r>
+      <w:r w:rsidR="008A171A" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">        معاون پژهش و فناوری</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F452537" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="00882A16" w:rsidP="00BA7F9C">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:rtl/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:rtl/>
+        </w:rPr>
         <w:t xml:space="preserve">رونوشت : </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="00B82253" w:rsidRDefault="009D6EB6" w:rsidP="00882A16">
+    <w:p w14:paraId="0AB1745E" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="009D6EB6" w:rsidP="00BA7F9C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:bidi/>
-        <w:jc w:val="lowKashida"/>
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:rtl/>
         </w:rPr>
         <w:t>دفتر ارتباط با صنعت</w:t>
       </w:r>
-      <w:r w:rsidR="00882A16" w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="00882A16" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> جهت اطلاع و</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00882A16" w:rsidRPr="00B82253">
-[...3 lines deleted...]
-          <w:bCs w:val="0"/>
+      <w:r w:rsidR="00882A16" w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:rtl/>
         </w:rPr>
         <w:t>درج در سوابق</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="00B82253" w:rsidRDefault="00882A16" w:rsidP="00882A16">
+    <w:p w14:paraId="54C9F544" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="003534B6" w:rsidRDefault="00882A16" w:rsidP="00BA7F9C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:bidi/>
-        <w:jc w:val="lowKashida"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:sz w:val="14"/>
+          <w:szCs w:val="14"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>مجری طرح جهت استحضار</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62D3179B" w14:textId="77777777" w:rsidR="00B82209" w:rsidRPr="003534B6" w:rsidRDefault="00B82209" w:rsidP="00B82209">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>درخواست دریافت حق الزحمه</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FE07DF6" w14:textId="77777777" w:rsidR="00B82209" w:rsidRPr="003534B6" w:rsidRDefault="00B82209" w:rsidP="00495FB2">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="224D1AAA" w14:textId="77777777" w:rsidR="00B82209" w:rsidRPr="003534B6" w:rsidRDefault="00B82209" w:rsidP="00B82209">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>معاونت محترم پژوهش و فناوری</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0304AC80" w14:textId="0648033A" w:rsidR="00B82209" w:rsidRPr="003534B6" w:rsidRDefault="003534B6" w:rsidP="00B82209">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">جناب آقای </w:t>
+      </w:r>
+      <w:r w:rsidR="005B40DD">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">دکتر </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>........................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="655A5B93" w14:textId="77777777" w:rsidR="00B82209" w:rsidRPr="003534B6" w:rsidRDefault="00B82209" w:rsidP="00B82209">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="567815A2" w14:textId="77777777" w:rsidR="00B82209" w:rsidRPr="003534B6" w:rsidRDefault="00B82209" w:rsidP="00B82209">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57E2C2AA" w14:textId="705AE371" w:rsidR="00B82209" w:rsidRPr="003534B6" w:rsidRDefault="00B82209" w:rsidP="00B82209">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
-          <w:sz w:val="14"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
           <w:b/>
           <w:bCs w:val="0"/>
-          <w:sz w:val="14"/>
-[...12 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>با سلام</w:t>
+      </w:r>
+      <w:r w:rsidR="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>،</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3152D34B" w14:textId="581BCE4B" w:rsidR="00B82209" w:rsidRPr="003534B6" w:rsidRDefault="00B82209" w:rsidP="00B82209">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>احتراما</w:t>
+      </w:r>
+      <w:r w:rsidR="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>اینجانب ..............................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>....................................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> بابت قرارداد به شماره ......................... با عنوان................................................................................................................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>.....</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>......................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5180AE6D" w14:textId="36147825" w:rsidR="00B82209" w:rsidRPr="003534B6" w:rsidRDefault="00B82209" w:rsidP="00B82209">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>مبلغ ........................................................</w:t>
+      </w:r>
+      <w:r w:rsidR="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ریال بابت حق الزحمه</w:t>
+      </w:r>
+      <w:r w:rsidR="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>(پرسنلی) دریافت نمودم.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B05EB1" w14:textId="77777777" w:rsidR="00B82209" w:rsidRPr="003534B6" w:rsidRDefault="00B82209" w:rsidP="00B82209">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="192D9700" w14:textId="77777777" w:rsidR="00B82209" w:rsidRPr="003534B6" w:rsidRDefault="00B82209" w:rsidP="00B82209">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0506A7A8" w14:textId="77777777" w:rsidR="00B82209" w:rsidRPr="003534B6" w:rsidRDefault="00B82209" w:rsidP="00B82209">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6B5A8489" w14:textId="77777777" w:rsidR="00B82209" w:rsidRPr="003534B6" w:rsidRDefault="00B82209" w:rsidP="00B82209">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A9B77EE" w14:textId="77777777" w:rsidR="00B82209" w:rsidRPr="003534B6" w:rsidRDefault="00B82209" w:rsidP="00B82209">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>با تشکر</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09549831" w14:textId="77777777" w:rsidR="00B82209" w:rsidRPr="003534B6" w:rsidRDefault="00B82209" w:rsidP="00B82209">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003534B6">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>امضا</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D5F4228" w14:textId="77777777" w:rsidR="00B82209" w:rsidRPr="003534B6" w:rsidRDefault="00B82209" w:rsidP="00B82209">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00B82209" w:rsidRPr="003534B6" w:rsidSect="00495FB2">
+      <w:headerReference w:type="default" r:id="rId7"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="1440" w:right="1418" w:bottom="851" w:left="851" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="1440" w:right="1418" w:bottom="851" w:left="851" w:header="567" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AD2FEF" w:rsidRDefault="00AD2FEF" w:rsidP="00770E59">
+    <w:p w14:paraId="75187961" w14:textId="77777777" w:rsidR="00CA124A" w:rsidRDefault="00CA124A" w:rsidP="00770E59">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AD2FEF" w:rsidRDefault="00AD2FEF" w:rsidP="00770E59">
+    <w:p w14:paraId="54005B36" w14:textId="77777777" w:rsidR="00CA124A" w:rsidRDefault="00CA124A" w:rsidP="00770E59">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Zar">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="IPT.Nazanin.Outline">
-    <w:altName w:val="Symbol"/>
+    <w:altName w:val="G2 Buildings"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Nazanin">
-    <w:panose1 w:val="00000400000000000000"/>
-[...27 lines deleted...]
-    <w:panose1 w:val="00000400000000000000"/>
+    <w:altName w:val="Arial"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="B Nazanin">
+    <w:panose1 w:val="00000400000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{05B10C9A-B5F4-43C3-AF81-D8BA49A0D294}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{72BC22B1-85AA-4D55-B92E-A07B88498A1F}"/>
+    <w:embedBoldItalic r:id="rId3" w:fontKey="{26D55F30-FDC2-46E2-B959-96E01DF75FFD}"/>
+  </w:font>
+  <w:font w:name="B Mitra">
+    <w:panose1 w:val="00000400000000000000"/>
+    <w:charset w:val="B2"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00AD2FEF" w:rsidRDefault="00AD2FEF" w:rsidP="00770E59">
+    <w:p w14:paraId="1BA550F3" w14:textId="77777777" w:rsidR="00CA124A" w:rsidRDefault="00CA124A" w:rsidP="00770E59">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00AD2FEF" w:rsidRDefault="00AD2FEF" w:rsidP="00770E59">
+    <w:p w14:paraId="37397624" w14:textId="77777777" w:rsidR="00CA124A" w:rsidRDefault="00CA124A" w:rsidP="00770E59">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-[...10 lines deleted...]
-  <w:p w:rsidR="00770E59" w:rsidRPr="00856961" w:rsidRDefault="0079310A" w:rsidP="00770E59">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2C6BDDDB" w14:textId="77777777" w:rsidR="00770E59" w:rsidRPr="003534B6" w:rsidRDefault="007C5BAA" w:rsidP="00770E59">
     <w:pPr>
       <w:bidi/>
       <w:jc w:val="center"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...1 lines deleted...]
-        <w:szCs w:val="18"/>
+        <w:rStyle w:val="Emphasis"/>
+        <w:rFonts w:cs="B Nazanin"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="003534B6">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+        <w:rStyle w:val="Emphasis"/>
+        <w:rFonts w:cs="B Nazanin"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:noProof/>
-        <w:sz w:val="18"/>
-        <w:szCs w:val="18"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B894765" wp14:editId="46C5AA3E">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>5399405</wp:posOffset>
+            <wp:posOffset>5450840</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-233045</wp:posOffset>
+            <wp:posOffset>-180975</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="477520" cy="529590"/>
-          <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-[...1 lines deleted...]
-          <wp:docPr id="1" name="Picture 1"/>
+          <wp:effectExtent l="0" t="0" r="0" b="3810"/>
+          <wp:wrapNone/>
+          <wp:docPr id="1026278928" name="Picture 1026278928"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="477520" cy="529590"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00770E59" w:rsidRPr="00856961">
+    <w:r w:rsidR="00770E59" w:rsidRPr="003534B6">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...1 lines deleted...]
-        <w:szCs w:val="18"/>
+        <w:rStyle w:val="Emphasis"/>
+        <w:rFonts w:cs="B Nazanin"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
         <w:rtl/>
       </w:rPr>
       <w:t>بسمه تعالی</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00770E59" w:rsidRPr="00B35A54" w:rsidRDefault="00770E59" w:rsidP="00770E59">
+  <w:p w14:paraId="412ADFCB" w14:textId="77777777" w:rsidR="00770E59" w:rsidRPr="00B35A54" w:rsidRDefault="00770E59" w:rsidP="00770E59">
     <w:pPr>
       <w:bidi/>
       <w:ind w:left="-477"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00B35A54">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                                                        </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00B35A54" w:rsidRPr="002455CB" w:rsidRDefault="00770E59" w:rsidP="00B35A54">
+  <w:p w14:paraId="24D8424B" w14:textId="1BB6C07E" w:rsidR="00B35A54" w:rsidRPr="003534B6" w:rsidRDefault="003534B6" w:rsidP="003534B6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:bidi/>
       <w:ind w:left="-79" w:firstLine="79"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...2 lines deleted...]
-        <w:lang w:eastAsia="en-GB"/>
+        <w:rStyle w:val="Emphasis"/>
+        <w:rFonts w:cs="B Nazanin"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="006B4C17">
+    <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...3 lines deleted...]
-        <w:szCs w:val="20"/>
+        <w:rStyle w:val="Emphasis"/>
+        <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:rtl/>
-        <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
-      <w:t xml:space="preserve">      </w:t>
+      <w:t xml:space="preserve">  </w:t>
     </w:r>
-    <w:r w:rsidRPr="002455CB">
+    <w:r w:rsidR="00770E59" w:rsidRPr="003534B6">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...1 lines deleted...]
-        <w:szCs w:val="18"/>
+        <w:rStyle w:val="Emphasis"/>
+        <w:rFonts w:cs="B Nazanin"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:rtl/>
-        <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
-      <w:t xml:space="preserve">دانشگاه صنعتي سهند                  </w:t>
-[...19 lines deleted...]
-      <w:t xml:space="preserve">                </w:t>
+      <w:t>دانشگاه صنعتي سهند</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00770E59" w:rsidRPr="002455CB" w:rsidRDefault="00770E59" w:rsidP="000925CE">
+  <w:p w14:paraId="1773FF08" w14:textId="77777777" w:rsidR="00770E59" w:rsidRPr="003534B6" w:rsidRDefault="001C10BF" w:rsidP="003534B6">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:bidi/>
       <w:ind w:left="-79" w:firstLine="79"/>
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...1 lines deleted...]
-        <w:szCs w:val="18"/>
+        <w:rStyle w:val="Emphasis"/>
+        <w:rFonts w:cs="B Nazanin"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:rtl/>
-        <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="002455CB">
+    <w:r w:rsidRPr="003534B6">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...1 lines deleted...]
-        <w:szCs w:val="18"/>
+        <w:rStyle w:val="Emphasis"/>
+        <w:rFonts w:cs="B Nazanin"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:rtl/>
-        <w:lang w:eastAsia="en-GB"/>
-[...39 lines deleted...]
-        <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>معاون</w:t>
     </w:r>
-    <w:r w:rsidR="00B82253" w:rsidRPr="002455CB">
+    <w:r w:rsidR="00B82253" w:rsidRPr="003534B6">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
-[...1 lines deleted...]
-        <w:szCs w:val="18"/>
+        <w:rStyle w:val="Emphasis"/>
+        <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:rtl/>
-        <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>ت</w:t>
     </w:r>
-    <w:r w:rsidR="000925CE" w:rsidRPr="002455CB">
+    <w:r w:rsidR="000925CE" w:rsidRPr="003534B6">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...1 lines deleted...]
-        <w:szCs w:val="18"/>
+        <w:rStyle w:val="Emphasis"/>
+        <w:rFonts w:cs="B Nazanin"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:rtl/>
-        <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> پژوهش</w:t>
     </w:r>
-    <w:r w:rsidRPr="002455CB">
+    <w:r w:rsidR="00770E59" w:rsidRPr="003534B6">
       <w:rPr>
-        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
-[...1 lines deleted...]
-        <w:szCs w:val="18"/>
+        <w:rStyle w:val="Emphasis"/>
+        <w:rFonts w:cs="B Nazanin"/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
         <w:rtl/>
-        <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> و فناوری</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00770E59" w:rsidRPr="00B35A54" w:rsidRDefault="00B35A54" w:rsidP="000925CE">
+  <w:p w14:paraId="580B89D5" w14:textId="77777777" w:rsidR="00770E59" w:rsidRPr="00B35A54" w:rsidRDefault="00B35A54" w:rsidP="000925CE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:bidi/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">       </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00770E59" w:rsidRPr="00B35A54" w:rsidRDefault="00770E59" w:rsidP="00770E59">
+  <w:p w14:paraId="4DB3857F" w14:textId="77777777" w:rsidR="00770E59" w:rsidRPr="00B35A54" w:rsidRDefault="00770E59" w:rsidP="00770E59">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00770E59" w:rsidRPr="00B35A54" w:rsidRDefault="00770E59" w:rsidP="00770E59">
-[...9 lines deleted...]
-  <w:p w:rsidR="00770E59" w:rsidRPr="00B35A54" w:rsidRDefault="00770E59">
+  <w:p w14:paraId="794B5BBA" w14:textId="77777777" w:rsidR="00770E59" w:rsidRPr="00B35A54" w:rsidRDefault="00770E59">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="001F5C3F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EF90EB00"/>
     <w:lvl w:ilvl="0" w:tplc="0A18A75C">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -2959,51 +3691,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2B866151"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="35D8F0F4"/>
     <w:lvl w:ilvl="0" w:tplc="9C3E7C20">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -3048,51 +3780,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35442480"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="424AA466"/>
     <w:lvl w:ilvl="0" w:tplc="3C8C299A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -3137,51 +3869,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35536007"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0ED0C7B6"/>
     <w:lvl w:ilvl="0" w:tplc="320676E8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -3226,51 +3958,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DFA32A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7354CC0E"/>
     <w:lvl w:ilvl="0" w:tplc="64440CE0">
       <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Zar" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3366,51 +4098,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5B732244"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ECD66D64"/>
     <w:lvl w:ilvl="0" w:tplc="6D0E28C2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="IPT.Nazanin.Outline" w:hAnsi="IPT.Nazanin.Outline" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -3455,230 +4187,262 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1262497321">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="123618746">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="121654705">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1324816408">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="180901149">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="937493579">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:embedTrueTypeFonts/>
+  <w:saveSubsetFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000605A8"/>
     <w:rsid w:val="00002E37"/>
     <w:rsid w:val="00010AA6"/>
     <w:rsid w:val="000605A8"/>
     <w:rsid w:val="00073780"/>
+    <w:rsid w:val="00085615"/>
     <w:rsid w:val="000864F2"/>
     <w:rsid w:val="000925CE"/>
     <w:rsid w:val="00093430"/>
     <w:rsid w:val="000A610A"/>
     <w:rsid w:val="000B1DC1"/>
     <w:rsid w:val="000C7D4B"/>
     <w:rsid w:val="000D26A9"/>
     <w:rsid w:val="00151A3B"/>
     <w:rsid w:val="00157C6C"/>
     <w:rsid w:val="00182364"/>
+    <w:rsid w:val="00191A25"/>
     <w:rsid w:val="001C10BF"/>
     <w:rsid w:val="001E4219"/>
     <w:rsid w:val="00203FAD"/>
+    <w:rsid w:val="002124D8"/>
+    <w:rsid w:val="00225B61"/>
     <w:rsid w:val="002455CB"/>
     <w:rsid w:val="00255851"/>
     <w:rsid w:val="002728D1"/>
+    <w:rsid w:val="00295F17"/>
     <w:rsid w:val="002B38F3"/>
     <w:rsid w:val="002B7B60"/>
     <w:rsid w:val="002C00D5"/>
     <w:rsid w:val="002C1166"/>
+    <w:rsid w:val="00317528"/>
+    <w:rsid w:val="003534B6"/>
     <w:rsid w:val="00354814"/>
     <w:rsid w:val="0038298C"/>
+    <w:rsid w:val="003873BF"/>
     <w:rsid w:val="00402070"/>
+    <w:rsid w:val="004124DE"/>
     <w:rsid w:val="00451E73"/>
     <w:rsid w:val="00472FEF"/>
+    <w:rsid w:val="00495FB2"/>
     <w:rsid w:val="004F0708"/>
     <w:rsid w:val="00583885"/>
     <w:rsid w:val="005A4276"/>
     <w:rsid w:val="005B38E3"/>
+    <w:rsid w:val="005B40DD"/>
     <w:rsid w:val="005B775A"/>
+    <w:rsid w:val="005F0F12"/>
     <w:rsid w:val="005F216F"/>
     <w:rsid w:val="0061448F"/>
     <w:rsid w:val="006673EE"/>
+    <w:rsid w:val="006755D6"/>
     <w:rsid w:val="006B4C17"/>
     <w:rsid w:val="00770E59"/>
     <w:rsid w:val="00781C13"/>
-    <w:rsid w:val="0079310A"/>
+    <w:rsid w:val="007876C4"/>
+    <w:rsid w:val="00796398"/>
+    <w:rsid w:val="007C5BAA"/>
     <w:rsid w:val="007E7F2D"/>
     <w:rsid w:val="00815C8D"/>
     <w:rsid w:val="008361BA"/>
     <w:rsid w:val="008465A7"/>
     <w:rsid w:val="00856961"/>
     <w:rsid w:val="0086462D"/>
     <w:rsid w:val="00882A16"/>
     <w:rsid w:val="008A171A"/>
     <w:rsid w:val="008D35C7"/>
+    <w:rsid w:val="00916A47"/>
     <w:rsid w:val="00931388"/>
     <w:rsid w:val="009476DC"/>
+    <w:rsid w:val="0099003B"/>
     <w:rsid w:val="009D6EB6"/>
     <w:rsid w:val="009F271F"/>
     <w:rsid w:val="00A064A3"/>
     <w:rsid w:val="00A22343"/>
     <w:rsid w:val="00A25A87"/>
+    <w:rsid w:val="00A43B69"/>
     <w:rsid w:val="00A86E08"/>
+    <w:rsid w:val="00AB0505"/>
     <w:rsid w:val="00AD1072"/>
-    <w:rsid w:val="00AD2FEF"/>
+    <w:rsid w:val="00B059F2"/>
     <w:rsid w:val="00B35A54"/>
     <w:rsid w:val="00B67C65"/>
     <w:rsid w:val="00B76CC2"/>
+    <w:rsid w:val="00B82209"/>
     <w:rsid w:val="00B82253"/>
+    <w:rsid w:val="00BA0759"/>
+    <w:rsid w:val="00BA7F9C"/>
     <w:rsid w:val="00BE1D3B"/>
     <w:rsid w:val="00C06261"/>
     <w:rsid w:val="00C15844"/>
+    <w:rsid w:val="00C305D8"/>
     <w:rsid w:val="00C37230"/>
+    <w:rsid w:val="00C45FB7"/>
     <w:rsid w:val="00C60604"/>
     <w:rsid w:val="00C62230"/>
-    <w:rsid w:val="00CB1F2C"/>
+    <w:rsid w:val="00CA124A"/>
     <w:rsid w:val="00CD5C3C"/>
     <w:rsid w:val="00CE61AC"/>
     <w:rsid w:val="00CE77CD"/>
     <w:rsid w:val="00D56544"/>
     <w:rsid w:val="00D838CA"/>
-    <w:rsid w:val="00DB0435"/>
     <w:rsid w:val="00DC6FCB"/>
+    <w:rsid w:val="00DF2E0A"/>
     <w:rsid w:val="00E12DF7"/>
-    <w:rsid w:val="00E66FB9"/>
+    <w:rsid w:val="00E570B9"/>
+    <w:rsid w:val="00E85597"/>
+    <w:rsid w:val="00E955B1"/>
     <w:rsid w:val="00EA7325"/>
     <w:rsid w:val="00EC2087"/>
     <w:rsid w:val="00EC6C1C"/>
+    <w:rsid w:val="00F2323C"/>
     <w:rsid w:val="00F23D4E"/>
     <w:rsid w:val="00F47C5E"/>
+    <w:rsid w:val="00F57C02"/>
+    <w:rsid w:val="00F8466B"/>
     <w:rsid w:val="00F8787A"/>
     <w:rsid w:val="00FA2696"/>
     <w:rsid w:val="00FB19DB"/>
     <w:rsid w:val="00FB38C2"/>
     <w:rsid w:val="00FC781E"/>
-    <w:rsid w:val="00FD5F7D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{1576930A-8D1B-4FA3-BB16-A22957DA70EE}"/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="450444CB"/>
+  <w15:docId w15:val="{43BFDE20-F8EF-42DD-B028-927A958121C4}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3999,61 +4763,88 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00882A16"/>
     <w:rPr>
       <w:rFonts w:ascii="IPT.Nazanin.Outline" w:hAnsi="IPT.Nazanin.Outline" w:cs="Nazanin"/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BA7F9C"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs w:val="0"/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
@@ -4113,64 +4904,94 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:rsid w:val="00151A3B"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:rsid w:val="00151A3B"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:bCs/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BA7F9C"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:rsid w:val="00BA7F9C"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:bidi="fa-IR"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font3.odttf"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
@@ -4415,70 +5236,70 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2112</Characters>
+  <Pages>2</Pages>
+  <Words>285</Words>
+  <Characters>2780</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>23</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>فرم شماره 1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Sahand</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2478</CharactersWithSpaces>
+  <CharactersWithSpaces>3059</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>فرم شماره 1</dc:title>
   <dc:creator>Dr. daneshvar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>