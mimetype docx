--- v0 (2025-12-05)
+++ v1 (2026-01-29)
@@ -1,464 +1,481 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="odttf" ContentType="application/vnd.openxmlformats-officedocument.obfuscatedFont"/>
+  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
-  <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00754748" w:rsidP="00D4159F">
+    <w:p w14:paraId="1D3E4E58" w14:textId="136438EC" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00D379D2" w:rsidP="00437119">
       <w:pPr>
         <w:bidi/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
+        <w:sectPr w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidSect="00437119">
+          <w:headerReference w:type="default" r:id="rId7"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1134" w:right="1418" w:bottom="851" w:left="851" w:header="426" w:footer="720" w:gutter="0"/>
+          <w:cols w:num="2" w:space="720" w:equalWidth="0">
+            <w:col w:w="4631" w:space="708"/>
+            <w:col w:w="4631"/>
+          </w:cols>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
           <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251656704" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="75791A4A" wp14:editId="78F951D2">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>1843405</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>-699135</wp:posOffset>
+                  <wp:posOffset>-831215</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="2660015" cy="673100"/>
-                <wp:effectExtent l="12065" t="5080" r="13970" b="7620"/>
+                <wp:extent cx="2660015" cy="563245"/>
+                <wp:effectExtent l="0" t="0" r="26035" b="27305"/>
                 <wp:wrapNone/>
-                <wp:docPr id="4" name="Text Box 5"/>
+                <wp:docPr id="1978255892" name="Text Box 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2660015" cy="673100"/>
+                          <a:ext cx="2660015" cy="563245"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w:rsidR="00054190" w:rsidRPr="00882A16" w:rsidRDefault="00054190" w:rsidP="00882A16">
+                          <w:p w14:paraId="718D1C6B" w14:textId="77777777" w:rsidR="00054190" w:rsidRPr="00910867" w:rsidRDefault="00054190" w:rsidP="00882A16">
                             <w:pPr>
                               <w:bidi/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="B Nazanin"/>
                                 <w:rtl/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00882A16">
+                            <w:r w:rsidRPr="00910867">
                               <w:rPr>
                                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t>فرم شماره 7</w:t>
                             </w:r>
-                            <w:r w:rsidR="00B63D39">
+                            <w:r w:rsidR="00B63D39" w:rsidRPr="00910867">
                               <w:rPr>
                                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t>-2</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00054190" w:rsidRPr="00882A16" w:rsidRDefault="00054190" w:rsidP="00882A16">
+                          <w:p w14:paraId="4D882E41" w14:textId="77777777" w:rsidR="00054190" w:rsidRPr="00910867" w:rsidRDefault="00054190" w:rsidP="00882A16">
                             <w:pPr>
                               <w:bidi/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:rFonts w:cs="B Nazanin"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
-                            <w:r w:rsidRPr="00882A16">
+                            <w:r w:rsidRPr="00910867">
                               <w:rPr>
                                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:rtl/>
                               </w:rPr>
-                              <w:t xml:space="preserve">درخواست </w:t>
+                              <w:t>درخواست پيش</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00AA6F2F">
+                            <w:r w:rsidR="00343E25" w:rsidRPr="00910867">
                               <w:rPr>
-                                <w:rFonts w:cs="B Mitra" w:hint="cs"/>
-[...8 lines deleted...]
-                                <w:rFonts w:cs="Times New Roman"/>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t>​</w:t>
                             </w:r>
-                            <w:r w:rsidR="00343E25">
+                            <w:r w:rsidR="00343E25" w:rsidRPr="00910867">
                               <w:rPr>
                                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t>پرداخت طرح</w:t>
                             </w:r>
-                            <w:r w:rsidR="00343E25">
+                            <w:r w:rsidR="00343E25" w:rsidRPr="00910867">
                               <w:rPr>
-                                <w:rFonts w:cs="Times New Roman"/>
+                                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t>​</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="00882A16">
+                            <w:r w:rsidRPr="00910867">
                               <w:rPr>
                                 <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                                 <w:rtl/>
                               </w:rPr>
                               <w:t>های خارج از دانشگاه</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w:rsidR="00054190" w:rsidRDefault="00054190"/>
+                          <w:p w14:paraId="7C635757" w14:textId="77777777" w:rsidR="00054190" w:rsidRDefault="00054190"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="75791A4A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 5" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:145.15pt;margin-top:-55.05pt;width:209.45pt;height:53pt;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBOzi1ZggIAAA8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVF1v2yAUfZ+0/4B4T22nTppYdaouTqZJ&#10;3YfU7gcQwDEaBgYkdjftv++CkzRZX6ZpfsDAvRzuufdcbu/6VqI9t05oVeLsKsWIK6qZUNsSf31a&#10;j2YYOU8UI1IrXuJn7vDd4u2b284UfKwbLRm3CECUKzpT4sZ7UySJow1vibvShisw1tq2xMPSbhNm&#10;SQforUzGaTpNOm2ZsZpy52C3Gox4EfHrmlP/ua4d90iWGGLzcbRx3IQxWdySYmuJaQQ9hEH+IYqW&#10;CAWXnqAq4gnaWfEKqhXUaqdrf0V1m+i6FpRHDsAmS/9g89gQwyMXSI4zpzS5/wdLP+2/WCRYiXOM&#10;FGmhRE+89+id7tEkZKczrgCnRwNuvodtqHJk6syDpt8cUnrZELXl99bqruGEQXRZOJmcHR1wXADZ&#10;dB81g2vIzusI1Ne2DamDZCBAhyo9nyoTQqGwOZ5O0zSbYETBNr25ztJYuoQUx9PGOv+e6xaFSYkt&#10;VD6ik/2D8yEaUhxdwmVKr4WUsfpSoa7E88l4MvDSUrBgDG7ObjdLadGeBP3EL1IDy7lbKzyoWIq2&#10;xLOTEylCNlaKxVs8EXKYQyRSBXAgB7EdZoNafs7T+Wq2muWjfDxdjfK0qkb362U+mq6zm0l1XS2X&#10;VfYrxJnlRSMY4yqEelRulv+dMg49NGjupN0LShfM1/F7zTy5DCNmGVgd/5FdlEGo/KAB3296SEjQ&#10;xkazZxCE1UNXwisCk0bbHxh10JEldt93xHKM5AcFoppneR5aOC7yyc0YFvbcsjm3EEUBqsQeo2G6&#10;9EPb74wV2wZuGmSs9D0IsRZRIy9RHeQLXRfJHF6I0Nbn6+j18o4tfgMAAP//AwBQSwMEFAAGAAgA&#10;AAAhAKYHjh3eAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG5bkhZRWppO&#10;iMEdyoBr2nhtRZNUTbYVnh5zGkfbn39/LjeLHdkR5zB4p0CuBTB0rTeD6xTs3p5Xd8BC1M7o0TtU&#10;8I0BNtXlRakL40/uFY917BiFuFBoBX2MU8F5aHu0Oqz9hI5mez9bHamcO25mfaJwO/JEiFtu9eDo&#10;Qq8nfOyx/aoPljSSz126fakxy3STbp9+3vP9x6jU9dXycA8s4hLPMPzp0w5U5NT4gzOBjQqSXKSE&#10;KlhJKSQwQjKRJ8Aaat1I4FXJ//9Q/QIAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAA&#10;EwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/&#10;1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBOzi1Z&#10;ggIAAA8FAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQCm&#10;B44d3gAAAAsBAAAPAAAAAAAAAAAAAAAAANwEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADz&#10;AAAA5wUAAAAA&#10;" filled="f">
+              <v:shape id="Text Box 5" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:145.15pt;margin-top:-65.45pt;width:209.45pt;height:44.35pt;z-index:251656704;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD3kx7jEwIAAAIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjxkqw14hRdug4D&#10;ugvQ7QNkWY6FyaJGKbGzry8lp2mwvQ3zg0Ca1CF5eLS+GXvDDgq9Blvx+SznTFkJjba7iv/4fv/m&#10;ijMfhG2EAasqflSe32xev1oPrlQFdGAahYxArC8HV/EuBFdmmZed6oWfgVOWgi1gLwK5uMsaFAOh&#10;9yYr8nyVDYCNQ5DKe/p7NwX5JuG3rZLha9t6FZipOPUW0onprOOZbdai3KFwnZanNsQ/dNELbano&#10;GepOBMH2qP+C6rVE8NCGmYQ+g7bVUqUZaJp5/sc0j51wKs1C5Hh3psn/P1j55fDoviEL43sYaYFp&#10;CO8eQP70zMK2E3anbhFh6JRoqPA8UpYNzpenq5FqX/oIUg+foaEli32ABDS22EdWaE5G6LSA45l0&#10;NQYm6WexWuX5fMmZpNhy9bZYLFMJUT7fdujDRwU9i0bFkZaa0MXhwYfYjSifU2IxC/famLRYY9lQ&#10;8etlsZzmAqObGIxpHnf11iA7iCiN9J3q+su0XgcSqNF9xa/OSaKMbHywTaoShDaTTZ0Ye6InMjJx&#10;E8Z6pMRIUw3NkYhCmIRID4eMDvA3ZwOJsOL+116g4sx8skT29XyxiKpNzmL5riAHLyP1ZURYSVAV&#10;D5xN5jZMSt871LuOKk3rtXBLC2p14u6lq1PfJLRE6elRRCVf+inr5elungAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAE+LXr3fAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG5bshRR&#10;WppOiMEdytiuaeO1FU1SNdlWeHrMaRxtf/79uVjPdmAnnELvnYLVUgBD13jTu1bB9uN18QAsRO2M&#10;HrxDBd8YYF1eXxU6N/7s3vFUxZZRiAu5VtDFOOach6ZDq8PSj+hodvCT1ZHKqeVm0mcKtwOXQtxz&#10;q3tHFzo94nOHzVd1tKQh99tk81Zhmuo62bz8fGaH3aDU7c389Ags4hwvMPzp0w6U5FT7ozOBDQpk&#10;JhJCFSxWiciAEZKKTAKrqXUnJfCy4P+fKH8BAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;95Me4xMCAAACBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAT4tevd8AAAAMAQAADwAAAAAAAAAAAAAAAABtBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" filled="f">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w:rsidR="00054190" w:rsidRPr="00882A16" w:rsidRDefault="00054190" w:rsidP="00882A16">
+                    <w:p w14:paraId="718D1C6B" w14:textId="77777777" w:rsidR="00054190" w:rsidRPr="00910867" w:rsidRDefault="00054190" w:rsidP="00882A16">
                       <w:pPr>
                         <w:bidi/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:cs="B Nazanin"/>
                           <w:rtl/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00882A16">
+                      <w:r w:rsidRPr="00910867">
                         <w:rPr>
                           <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>فرم شماره 7</w:t>
                       </w:r>
-                      <w:r w:rsidR="00B63D39">
+                      <w:r w:rsidR="00B63D39" w:rsidRPr="00910867">
                         <w:rPr>
                           <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>-2</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00054190" w:rsidRPr="00882A16" w:rsidRDefault="00054190" w:rsidP="00882A16">
+                    <w:p w14:paraId="4D882E41" w14:textId="77777777" w:rsidR="00054190" w:rsidRPr="00910867" w:rsidRDefault="00054190" w:rsidP="00882A16">
                       <w:pPr>
                         <w:bidi/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:rFonts w:cs="B Nazanin"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
-                      <w:r w:rsidRPr="00882A16">
+                      <w:r w:rsidRPr="00910867">
                         <w:rPr>
                           <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:rtl/>
                         </w:rPr>
-                        <w:t xml:space="preserve">درخواست </w:t>
+                        <w:t>درخواست پيش</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00AA6F2F">
+                      <w:r w:rsidR="00343E25" w:rsidRPr="00910867">
                         <w:rPr>
-                          <w:rFonts w:cs="B Mitra" w:hint="cs"/>
-[...8 lines deleted...]
-                          <w:rFonts w:cs="Times New Roman"/>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>​</w:t>
                       </w:r>
-                      <w:r w:rsidR="00343E25">
+                      <w:r w:rsidR="00343E25" w:rsidRPr="00910867">
                         <w:rPr>
                           <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>پرداخت طرح</w:t>
                       </w:r>
-                      <w:r w:rsidR="00343E25">
+                      <w:r w:rsidR="00343E25" w:rsidRPr="00910867">
                         <w:rPr>
-                          <w:rFonts w:cs="Times New Roman"/>
+                          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>​</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="00882A16">
+                      <w:r w:rsidRPr="00910867">
                         <w:rPr>
                           <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                           <w:rtl/>
                         </w:rPr>
                         <w:t>های خارج از دانشگاه</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w:rsidR="00054190" w:rsidRDefault="00054190"/>
+                    <w:p w14:paraId="7C635757" w14:textId="77777777" w:rsidR="00054190" w:rsidRDefault="00054190"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00882A16" w:rsidRPr="009542DA">
-[...18 lines deleted...]
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00CD5A0E">
+    </w:p>
+    <w:p w14:paraId="79FCF218" w14:textId="77777777" w:rsidR="009F6D9F" w:rsidRDefault="009F6D9F" w:rsidP="00CD5A0E">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00A35895">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">مدير </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> امور فناوری و کار آفرینی</w:t>
+      </w:r>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77E0786E" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00CD5A0E">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009542DA">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
         <w:t>با سلام</w:t>
       </w:r>
       <w:r w:rsidR="00CD5A0E" w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>،</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00882A16">
+    <w:p w14:paraId="7978FB95" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00882A16">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00882A16">
+    <w:p w14:paraId="31588B6D" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00882A16">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">  احتراماً نظر به اينکه اينجانب  .........................................  مجری قرارداد شماره .................................. تحت عنوان.......................................... ..........</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00882A16">
+    <w:p w14:paraId="2CE997A9" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00882A16">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>.............................................. طبق بند ......... ماده .............قرارداد مذکور، خواهشمند است مجوز لازم در مورد پرداخت مبلغ ............................</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00EA304B" w:rsidP="00DF3D39">
+    <w:p w14:paraId="186BF7AD" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00EA304B" w:rsidP="00DF3D39">
       <w:pPr>
         <w:bidi/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> ريال بعنوان  پیش</w:t>
       </w:r>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman" w:hint="cs"/>
           <w:b/>
           <w:bCs w:val="0"/>
@@ -502,212 +519,212 @@
         <w:t>صادر فرمائيد</w:t>
       </w:r>
       <w:r w:rsidR="00CD5A0E" w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:bidiVisual/>
         <w:tblW w:w="5404" w:type="dxa"/>
         <w:tblInd w:w="4585" w:type="dxa"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2247"/>
         <w:gridCol w:w="3157"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00882A16" w:rsidRPr="009542DA">
+      <w:tr w:rsidR="00882A16" w:rsidRPr="009542DA" w14:paraId="774B07F5" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2247" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00F8787A">
+          <w:p w14:paraId="0109740E" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00F8787A">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3157" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00882A16" w:rsidRPr="00A35895" w:rsidRDefault="00882A16" w:rsidP="00F8787A">
+          <w:p w14:paraId="62B5E625" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="00A35895" w:rsidRDefault="00882A16" w:rsidP="00F8787A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A35895">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>مجری طرح</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005505AB" w:rsidRPr="009542DA" w:rsidRDefault="005505AB" w:rsidP="009542DA">
-[...11 lines deleted...]
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="005505AB" w:rsidP="00801400">
+    <w:p w14:paraId="147D4A9A" w14:textId="77777777" w:rsidR="005505AB" w:rsidRPr="009542DA" w:rsidRDefault="005505AB" w:rsidP="009542DA">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25A3AE85" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="005505AB" w:rsidP="00801400">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">1) </w:t>
       </w:r>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>موضوع: عودت اسناد</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00882A16">
+    <w:p w14:paraId="136ADD1D" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00882A16">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>مجری محترم طرح</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00882A16">
+    <w:p w14:paraId="05B16F3D" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00882A16">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>با سلام</w:t>
       </w:r>
       <w:r w:rsidR="00CD5A0E" w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>،</w:t>
       </w:r>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00EA304B" w:rsidP="00882A16">
+    <w:p w14:paraId="03053880" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00EA304B" w:rsidP="00882A16">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">  احتراماً طبق بررسی</w:t>
       </w:r>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman" w:hint="cs"/>
           <w:b/>
@@ -741,191 +758,191 @@
         <w:t>ه بدليل موارد زير اسناد عودت می</w:t>
       </w:r>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman" w:hint="cs"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
       <w:r w:rsidR="00882A16" w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>گردد.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00882A16">
+    <w:p w14:paraId="7A5548F5" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00882A16">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>1- 0000000000000000000000000000000000</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="227"/>
         <w:bidiVisual/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2880"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00472FEF" w:rsidRPr="009542DA" w:rsidTr="00801400">
+      <w:tr w:rsidR="00472FEF" w:rsidRPr="009542DA" w14:paraId="19157560" w14:textId="77777777" w:rsidTr="00801400">
         <w:trPr>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2880" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00472FEF" w:rsidRPr="00A35895" w:rsidRDefault="00472FEF" w:rsidP="00CD5A0E">
+          <w:p w14:paraId="34DCE3A1" w14:textId="77777777" w:rsidR="00472FEF" w:rsidRPr="00A35895" w:rsidRDefault="00472FEF" w:rsidP="00CD5A0E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A35895">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">کارشناس </w:t>
             </w:r>
             <w:r w:rsidR="00CD5A0E" w:rsidRPr="00A35895">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>طرح</w:t>
             </w:r>
             <w:r w:rsidR="00CD5A0E" w:rsidRPr="00A35895">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>​</w:t>
             </w:r>
             <w:r w:rsidR="00CD5A0E" w:rsidRPr="00A35895">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>های پژوهشی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00882A16">
+    <w:p w14:paraId="6744AE34" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00882A16">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>2-  0000000000000000000000000000000000</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00472FEF">
-[...11 lines deleted...]
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00882A16">
+    <w:p w14:paraId="50DBE1EC" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00472FEF">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E76FD31" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00882A16">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="005505AB" w:rsidP="00801400">
+    <w:p w14:paraId="55DC0E33" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="005505AB" w:rsidP="00801400">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>موافقت کارشناسی</w:t>
       </w:r>
@@ -938,121 +955,121 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">2) </w:t>
       </w:r>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>موضوع:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00A26D8E">
+    <w:p w14:paraId="7619ACB7" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00A26D8E">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>مد</w:t>
       </w:r>
       <w:r w:rsidR="00801400" w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>یر</w:t>
       </w:r>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> محترم </w:t>
       </w:r>
       <w:r w:rsidR="00801400" w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>ارتباط با صنعت</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00882A16">
+    <w:p w14:paraId="5203E1CA" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00882A16">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>با سلام،</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00A26D8E" w:rsidP="00882A16">
+    <w:p w14:paraId="79F9DF37" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00A26D8E" w:rsidP="00882A16">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">       احتراماً طبق بررسی</w:t>
       </w:r>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
           <w:b/>
@@ -1097,51 +1114,51 @@
         <w:t>با توجه به تکميل مدارک و</w:t>
       </w:r>
       <w:r w:rsidR="008F6AD5" w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00882A16" w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">اسناد لازم طرح................................................................................... </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="0088300C">
+    <w:p w14:paraId="01F54336" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="0088300C">
       <w:pPr>
         <w:bidi/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>.................................................................... به شماره قرارداد   ......................... پرداخت  مبلغ........................</w:t>
       </w:r>
       <w:r w:rsidR="0088300C" w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
@@ -1239,404 +1256,378 @@
         <w:t>با توجه به موارد ذيل بلامانع می</w:t>
       </w:r>
       <w:r w:rsidR="008F6AD5" w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Times New Roman" w:hint="cs"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>​</w:t>
       </w:r>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>باشد.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00882A16">
+    <w:p w14:paraId="39201668" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00882A16">
       <w:pPr>
         <w:bidi/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00472FEF">
+    <w:p w14:paraId="1F085892" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00472FEF">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">1- </w:t>
       </w:r>
       <w:r w:rsidR="00472FEF" w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>0000000000000000000000000000000000</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="page" w:tblpX="463" w:tblpY="197"/>
         <w:bidiVisual/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3157"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00882A16" w:rsidRPr="009542DA">
+      <w:tr w:rsidR="00882A16" w:rsidRPr="009542DA" w14:paraId="492A3EBC" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="252"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3157" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00882A16" w:rsidRPr="00A35895" w:rsidRDefault="00801400" w:rsidP="00A26D8E">
+          <w:p w14:paraId="1E3A99C8" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="00A35895" w:rsidRDefault="00801400" w:rsidP="00A26D8E">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A35895">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">کارشناس </w:t>
             </w:r>
             <w:r w:rsidR="00A26D8E" w:rsidRPr="00A35895">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>مالی</w:t>
             </w:r>
             <w:r w:rsidR="00AC57DD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
-            <w:r w:rsidR="001D5105">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00882A16">
+    <w:p w14:paraId="74B58B29" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00882A16">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">2- </w:t>
       </w:r>
       <w:r w:rsidR="00472FEF" w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>0000000000000000000000000000000000</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="001D5105" w:rsidRDefault="001D5105" w:rsidP="001D5105">
+    <w:p w14:paraId="73A88E11" w14:textId="73DE0513" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00AC57DD" w:rsidP="00882A16">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
-          <w:sz w:val="18"/>
-[...13 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="245F0ADA" w14:textId="49301A4C" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00D379D2" w:rsidP="00882A16">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
-[...20 lines deleted...]
-        <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
-          <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="35C550D8" wp14:editId="6DBB4216">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658752" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="41F27382" wp14:editId="1F603724">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="margin">
-                  <wp:align>right</wp:align>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>31115</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>37464</wp:posOffset>
+                  <wp:posOffset>43815</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6086475" cy="9525"/>
-                <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
+                <wp:extent cx="6331585" cy="0"/>
+                <wp:effectExtent l="9525" t="13970" r="12065" b="5080"/>
                 <wp:wrapNone/>
-                <wp:docPr id="3" name="Line 8"/>
+                <wp:docPr id="713623536" name="Line 8"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
-                        <a:xfrm>
+                        <a:xfrm flipV="1">
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6086475" cy="9525"/>
+                          <a:ext cx="6331585" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="1DEC0475" id="Line 8" o:spid="_x0000_s1026" style="position:absolute;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="428.05pt,2.95pt" to="907.3pt,3.7pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA3BmRFEgIAACsEAAAOAAAAZHJzL2Uyb0RvYy54bWysU82O2jAQvlfqO1i+QxI2sBARVlUCvWy7&#10;SLt9AGM7xKpjW7YhoKrv3rEJaGkvVdUcnBnPzDff/Hj5dOokOnLrhFYlzsYpRlxRzYTal/jb22Y0&#10;x8h5ohiRWvESn7nDT6uPH5a9KfhEt1oybhGAKFf0psSt96ZIEkdb3hE31oYrMDbadsSDavcJs6QH&#10;9E4mkzSdJb22zFhNuXNwW1+MeBXxm4ZT/9I0jnskSwzcfDxtPHfhTFZLUuwtMa2gAw3yDyw6IhQk&#10;vUHVxBN0sOIPqE5Qq51u/JjqLtFNIyiPNUA1WfpbNa8tMTzWAs1x5tYm9/9g6dfj1iLBSvyAkSId&#10;jOhZKI7moTO9cQU4VGprQ230pF7Ns6bfHVK6aona88jw7WwgLAsRyV1IUJwB/F3/RTPwIQevY5tO&#10;je0CJDQAneI0zrdp8JNHFC5n6XyWP04xomBbTCfTmIAU11hjnf/MdYeCUGIJtCM2OT47H7iQ4uoS&#10;Uim9EVLGeUuF+gEyWJyWggVjVOx+V0mLjiRsTPyGvHduVh8Ui2AtJ2w9yJ4IeZEhuVQBD6oBOoN0&#10;WYkfi3Sxnq/n+SifzNajPK3r0adNlY9mm+xxWj/UVVVnP0MtWV60gjGuArvremb5341/eCiXxbot&#10;6K0NyT167BeQvf4j6TjOMMHLLuw0O2/tdcywkdF5eD1h5d/rIL9/46tfAAAA//8DAFBLAwQUAAYA&#10;CAAAACEAT0VjT9sAAAAEAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VIXKrWoZDS&#10;hmwqBOTWCwXEdRsvSUS8TmO3DXw95gTH0Yxm3uTr0XbqyINvnSBczRJQLJUzrdQIry/ldAnKBxJD&#10;nRNG+GIP6+L8LKfMuJM883EbahVLxGeE0ITQZ1r7qmFLfuZ6luh9uMFSiHKotRnoFMttp+dJstCW&#10;WokLDfX80HD1uT1YBF++8b78nlST5P26djzfP26eCPHyYry/AxV4DH9h+MWP6FBEpp07iPGqQ4hH&#10;AkK6AhXNVbpMQe0Qbm9AF7n+D1/8AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/W&#10;AAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhADcGZEUS&#10;AgAAKwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAE9F&#10;Y0/bAAAABAEAAA8AAAAAAAAAAAAAAAAAbAQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMA&#10;AAB0BQAAAAA=&#10;">
-[...1 lines deleted...]
-              </v:line>
+              <v:line w14:anchorId="5DE2D8CA" id="Line 8" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251658752;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="2.45pt,3.45pt" to="501pt,3.45pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDNRcWwtgEAAFIDAAAOAAAAZHJzL2Uyb0RvYy54bWysU01v2zAMvQ/YfxB0X5SkSNEZcXpI1126&#10;LUDb3Rl92MJkURCV2Pn3k9Q0LbbbMB8EUiSfHh/p9e00OHbUkSz6li9mc860l6is71r+/HT/6YYz&#10;SuAVOPS65SdN/Hbz8cN6DI1eYo9O6cgyiKdmDC3vUwqNECR7PQDNMGifgwbjACm7sRMqwpjRByeW&#10;8/m1GDGqEFFqonx79xLkm4pvjJbphzGkE3Mtz9xSPWM99+UUmzU0XYTQW3mmAf/AYgDr86MXqDtI&#10;wA7R/gU1WBmR0KSZxEGgMVbq2kPuZjH/o5vHHoKuvWRxKFxkov8HK78ft34XC3U5+cfwgPIXMY/b&#10;HnynK4GnU8iDWxSpxBiouZQUh8Iusv34DVXOgUPCqsJk4sCMs+FnKSzguVM2VdlPF9n1lJjMl9dX&#10;V4vVzYoz+RoT0BSIUhgipa8aB1aMljvriyLQwPGBUqH0llKuPd5b5+pUnWdjyz+vlqtaQOisKsGS&#10;RrHbb11kRyh7Ub/aX468T4t48KqC9RrUl7OdwLoXOz/u/FmWokRZO2r2qE67+CpXHlxleV6yshnv&#10;/Vr99itsfgMAAP//AwBQSwMEFAAGAAgAAAAhAL30I+baAAAABgEAAA8AAABkcnMvZG93bnJldi54&#10;bWxMj0FPwzAMhe9I/IfISNxYQkET65pOEwIuSEiMwjltvLYicaom68q/x+PCTpb9np6/V2xm78SE&#10;Y+wDabhdKBBITbA9tRqqj+ebBxAxGbLGBUINPxhhU15eFCa34UjvOO1SKziEYm40dCkNuZSx6dCb&#10;uAgDEmv7MHqTeB1baUdz5HDvZKbUUnrTE3/ozICPHTbfu4PXsP16fbp7m2ofnF211af1lXrJtL6+&#10;mrdrEAnn9G+GEz6jQ8lMdTiQjcJpuF+xUcOSx0lVKuNq9d9BloU8xy9/AQAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhAM1FxbC2AQAAUgMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAL30I+baAAAABgEAAA8AAAAAAAAAAAAAAAAAEAQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAAAXBQAAAAA=&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00094765" w:rsidP="00882A16">
+    <w:p w14:paraId="6D301D97" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00094765" w:rsidP="00882A16">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>معاون محترم پژوهش</w:t>
       </w:r>
       <w:r w:rsidR="00DB57EF" w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> و</w:t>
       </w:r>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DB57EF" w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>فناوری</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00882A16">
+    <w:p w14:paraId="69EC263C" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00882A16">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>با سلام،</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00094765" w:rsidP="00801400">
+    <w:p w14:paraId="2383B9B8" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00094765" w:rsidP="00801400">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">       احتراماً طبق بررسی</w:t>
       </w:r>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
           <w:b/>
@@ -1813,271 +1804,258 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00882A16" w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>خواهشمند است در صورت موافقت، دستور فرمائيد نسبت به پرداخت یا تسویه  اقدام نمايند.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:bidiVisual/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="right"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2247"/>
         <w:gridCol w:w="3157"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00882A16" w:rsidRPr="009542DA">
+      <w:tr w:rsidR="00882A16" w:rsidRPr="009542DA" w14:paraId="7E63C61F" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="207"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2247" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00F8787A">
+          <w:p w14:paraId="0F788D3B" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00F8787A">
             <w:pPr>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3157" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00882A16" w:rsidRPr="00A35895" w:rsidRDefault="00882A16" w:rsidP="009E10FC">
+          <w:p w14:paraId="1ECECB8E" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="00A35895" w:rsidRDefault="00882A16" w:rsidP="009F6D9F">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A35895">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve">مدير </w:t>
             </w:r>
-            <w:r w:rsidR="009E10FC" w:rsidRPr="00A35895">
+            <w:r w:rsidR="00C95978">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t>ارتباط با صنعت</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00DB57EF" w:rsidRPr="00A35895">
+            <w:r w:rsidR="009F6D9F">
               <w:rPr>
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">       </w:t>
+              <w:t>امور فناوری و کار آفرینی</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkEnd w:id="0"/>
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00754748" w:rsidP="00882A16">
+    <w:p w14:paraId="54B494A9" w14:textId="62BF9300" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00D379D2" w:rsidP="00882A16">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:noProof/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
-          <w:lang w:bidi="ar-SA"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D4607FD" wp14:editId="43E5D23F">
                 <wp:simplePos x="0" y="0"/>
-                <wp:positionH relativeFrom="margin">
-                  <wp:align>left</wp:align>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>1410970</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>152400</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6285230" cy="0"/>
-                <wp:effectExtent l="0" t="0" r="20320" b="19050"/>
+                <wp:extent cx="4875530" cy="0"/>
+                <wp:effectExtent l="8255" t="7620" r="12065" b="11430"/>
                 <wp:wrapNone/>
-                <wp:docPr id="2" name="Line 7"/>
+                <wp:docPr id="586310982" name="Line 7"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvCnPr>
                         <a:cxnSpLocks noChangeShapeType="1"/>
                       </wps:cNvCnPr>
                       <wps:spPr bwMode="auto">
-                        <a:xfrm flipV="1">
+                        <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6285230" cy="0"/>
+                          <a:ext cx="4875530" cy="0"/>
                         </a:xfrm>
                         <a:prstGeom prst="line">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:round/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:noFill/>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:line w14:anchorId="54594190" id="Line 7" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="0,12pt" to="494.9pt,12pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB5hFRfGQIAADIEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2yAQvVfqf0DcE39skk2sOKvKTnpJ&#10;u5F22zsBHKNiQEDiRFX/ewfy0Wx7qar6gAdm5vFm5jF/OnYSHbh1QqsSZ8MUI66oZkLtSvzldTWY&#10;YuQ8UYxIrXiJT9zhp8X7d/PeFDzXrZaMWwQgyhW9KXHrvSmSxNGWd8QNteEKnI22HfGwtbuEWdID&#10;eieTPE0nSa8tM1ZT7hyc1mcnXkT8puHUPzeN4x7JEgM3H1cb121Yk8WcFDtLTCvohQb5BxYdEQou&#10;vUHVxBO0t+IPqE5Qq51u/JDqLtFNIyiPNUA1WfpbNS8tMTzWAs1x5tYm9/9g6efDxiLBSpxjpEgH&#10;I1oLxdFj6ExvXAEBldrYUBs9qhez1vSbQ0pXLVE7Hhm+ngykZSEjeZMSNs4A/rb/pBnEkL3XsU3H&#10;xnaokcJ8DYkBHFqBjnEup9tc+NEjCoeTfDrOH2B89OpLSBEgQqKxzn/kukPBKLEE9hGQHNbOB0q/&#10;QkK40ishZRy7VKgv8Wycj2OC01Kw4Axhzu62lbToQIJw4hfrA899mNV7xSJYywlbXmxPhDzbcLlU&#10;AQ9KAToX66yM77N0tpwup6PBKJ8sB6O0rgcfVtVoMFllj+P6oa6qOvsRqGWjohWMcRXYXVWajf5O&#10;BZf3ctbXTae3NiRv0WO/gOz1H0nHqYZBniWx1ey0sddpgzBj8OURBeXf78G+f+qLnwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhALn1TjLaAAAABgEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe9C/8My&#10;BW92YxRp0mxKKdWLIFij5012mgR3Z0N2m8Z/74gHPQ0z7/Hme8V2dlZMOIbek4LbVQICqfGmp1ZB&#10;9fZ4swYRoiajrSdU8IUBtuXiqtC58Rd6xekYW8EhFHKtoItxyKUMTYdOh5UfkFg7+dHpyOvYSjPq&#10;C4c7K9MkeZBO98QfOj3gvsPm83h2CnYfz4e7l6l23pqsrd6Nq5KnVKnr5bzbgIg4xz8z/OAzOpTM&#10;VPszmSCsAi4SFaT3PFnN1hkXqX8Psizkf/zyGwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AHmEVF8ZAgAAMgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhALn1TjLaAAAABgEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAAB6BQAAAAA=&#10;">
-[...1 lines deleted...]
-              </v:line>
+              <v:line w14:anchorId="31D6CE74" id="Line 7" o:spid="_x0000_s1026" style="position:absolute;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from="111.1pt,12pt" to="495pt,12pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAXYvHKsAEAAEgDAAAOAAAAZHJzL2Uyb0RvYy54bWysU8GO0zAQvSPxD5bvNG2hsERN99BluSxQ&#10;aZcPmNpOYuF4rBm3Sf8e29t2V3BD5GDZnpnn995M1rfT4MTREFv0jVzM5lIYr1Bb3zXy59P9uxsp&#10;OILX4NCbRp4My9vN2zfrMdRmiT06bUgkEM/1GBrZxxjqqmLVmwF4hsH4FGyRBojpSF2lCcaEPrhq&#10;OZ9/rEYkHQiVYU63d89BuSn4bWtU/NG2bKJwjUzcYlmprPu8Vps11B1B6K0604B/YDGA9enRK9Qd&#10;RBAHsn9BDVYRMrZxpnCosG2tMkVDUrOY/6HmsYdgipZkDoerTfz/YNX349bvKFNXk38MD6h+sfC4&#10;7cF3phB4OoXUuEW2qhoD19eSfOCwI7Efv6FOOXCIWFyYWhoyZNInpmL26Wq2maJQ6fLDzafV6n3q&#10;ibrEKqgvhYE4fjU4iLxppLM++wA1HB84ZiJQX1Lytcd761zppfNibOTn1XJVChid1TmY05i6/daR&#10;OEKehvIVVSnyOo3w4HUB6w3oL+d9BOue9+lx589mZP152Ljeoz7t6GJSaldheR6tPA+vz6X65QfY&#10;/AYAAP//AwBQSwMEFAAGAAgAAAAhADKeOgrZAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMT01P&#10;wzAMvSPxHyIjcZm2hIIQK00nBPTGhQHa1WtMW9E4XZNthV+PEQfw6dl+eh/FavK9OtAYu8AWLhYG&#10;FHEdXMeNhdeXan4DKiZkh31gsvBJEVbl6UmBuQtHfqbDOjVKRDjmaKFNaci1jnVLHuMiDMTyew+j&#10;xyTr2Gg34lHEfa8zY661x47FocWB7luqP9Z7byFWb7Srvmb1zGwum0DZ7uHpEa09P5vubkElmtIf&#10;GX7iS3QoJdM27NlF1VvIZIQq4Eo6CWG5NAK2vwddFvp/g/IbAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAF2LxyrABAABIAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAMp46CtkAAAAJAQAADwAAAAAAAAAAAAAAAAAKBAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAABAFAAAAAA==&#10;"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004910A6" w:rsidRPr="009542DA" w:rsidRDefault="004910A6" w:rsidP="00882A16">
+    <w:p w14:paraId="2EB80BE9" w14:textId="77777777" w:rsidR="004910A6" w:rsidRPr="009542DA" w:rsidRDefault="004910A6" w:rsidP="00882A16">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00882A16">
+    <w:p w14:paraId="65ADAE6D" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00882A16">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>مدير محترم امور مالی دانشگاه</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00882A16">
+    <w:p w14:paraId="5309820F" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00882A16">
       <w:pPr>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t>باسلام،</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00870C1E">
+    <w:p w14:paraId="2ECF59F5" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00870C1E">
       <w:pPr>
         <w:bidi/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">    احتراماً پرداخت مبلغ </w:t>
       </w:r>
       <w:r w:rsidR="00870C1E" w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
@@ -2211,87 +2189,87 @@
         <w:t>الذکر</w:t>
       </w:r>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> بلامانع است. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:bidiVisual/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="right"/>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2247"/>
         <w:gridCol w:w="3157"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00882A16" w:rsidRPr="009542DA">
+      <w:tr w:rsidR="00882A16" w:rsidRPr="009542DA" w14:paraId="064FAB31" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="585"/>
           <w:jc w:val="right"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2247" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00F8787A">
+          <w:p w14:paraId="63BAE40B" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00F8787A">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3157" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00054190" w:rsidRPr="009542DA" w:rsidRDefault="00054190" w:rsidP="00054190">
+          <w:p w14:paraId="13CB643F" w14:textId="77777777" w:rsidR="00054190" w:rsidRPr="009542DA" w:rsidRDefault="00054190" w:rsidP="00054190">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w:rsidR="00054190" w:rsidRPr="00A35895" w:rsidRDefault="00FE184D" w:rsidP="00801400">
+          <w:p w14:paraId="7CD18E17" w14:textId="77777777" w:rsidR="00054190" w:rsidRPr="00A35895" w:rsidRDefault="00FE184D" w:rsidP="00801400">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A35895">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>معاون پژوهش</w:t>
             </w:r>
             <w:r w:rsidR="00801400" w:rsidRPr="00A35895">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
@@ -2303,91 +2281,103 @@
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>و</w:t>
             </w:r>
             <w:r w:rsidR="00801400" w:rsidRPr="00A35895">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00054190" w:rsidRPr="00A35895">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
               <w:t>فناوری</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00D65C2F" w:rsidRPr="009542DA" w:rsidRDefault="00D65C2F" w:rsidP="008E05CD">
+          <w:p w14:paraId="0E44F3F5" w14:textId="77777777" w:rsidR="00D65C2F" w:rsidRPr="009542DA" w:rsidRDefault="00D65C2F" w:rsidP="008E05CD">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
                 <w:b/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:rtl/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="004910A6">
+    <w:p w14:paraId="39671838" w14:textId="77777777" w:rsidR="004910A6" w:rsidRPr="009542DA" w:rsidRDefault="004910A6" w:rsidP="004910A6">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4318F6A2" w14:textId="77777777" w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="004910A6">
       <w:pPr>
         <w:bidi/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:rtl/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve">رونوشت : </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00094765" w:rsidP="00FE184D">
+    <w:p w14:paraId="1C5125CF" w14:textId="77777777" w:rsidR="00437119" w:rsidRDefault="00094765" w:rsidP="00437119">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:bidi/>
         <w:jc w:val="lowKashida"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:rtl/>
         </w:rPr>
         <w:t>دفتر</w:t>
@@ -2426,486 +2416,1303 @@
         <w:t>جهت اطلاع و</w:t>
       </w:r>
       <w:r w:rsidR="006906D0" w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:rtl/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00882A16" w:rsidRPr="009542DA">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:rtl/>
         </w:rPr>
         <w:t>درج در سوابق</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidRDefault="00882A16" w:rsidP="00882A16">
+    <w:p w14:paraId="1FE6061F" w14:textId="4C9F74D0" w:rsidR="00882A16" w:rsidRPr="00437119" w:rsidRDefault="00882A16" w:rsidP="00437119">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:bidi/>
         <w:jc w:val="lowKashida"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
-          <w:rtl/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009542DA">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00437119">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
           <w:b/>
           <w:bCs w:val="0"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:rtl/>
         </w:rPr>
         <w:t>مجری طرح جهت استحضار</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00882A16" w:rsidRPr="009542DA" w:rsidSect="00D4159F">
-[...2 lines deleted...]
-      <w:pgMar w:top="1440" w:right="1418" w:bottom="851" w:left="851" w:header="720" w:footer="720" w:gutter="0"/>
+    <w:p w14:paraId="5685A3BC" w14:textId="77777777" w:rsidR="00D01021" w:rsidRPr="00910867" w:rsidRDefault="00D01021" w:rsidP="00D01021">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="lowKashida"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FE74048" w14:textId="77777777" w:rsidR="00D01021" w:rsidRPr="00910867" w:rsidRDefault="00D01021" w:rsidP="00F51DA1">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="190" w:hanging="142"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00910867">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>درخواست دریافت پیش پرداخت</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4599F3F4" w14:textId="77777777" w:rsidR="00D01021" w:rsidRPr="00910867" w:rsidRDefault="00D01021" w:rsidP="00D01021">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E30C3C3" w14:textId="77777777" w:rsidR="00D01021" w:rsidRPr="00910867" w:rsidRDefault="00D01021" w:rsidP="00D01021">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FD2EDCC" w14:textId="77777777" w:rsidR="00D01021" w:rsidRPr="00910867" w:rsidRDefault="00D01021" w:rsidP="00D01021">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A5BE655" w14:textId="77777777" w:rsidR="00920F19" w:rsidRPr="00920F19" w:rsidRDefault="00920F19" w:rsidP="00920F19">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="eastAsia"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>معاونت</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="eastAsia"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>محترم</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="eastAsia"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>پژوهش</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="eastAsia"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>و</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="eastAsia"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>فناور</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42A02BB0" w14:textId="77777777" w:rsidR="00920F19" w:rsidRPr="00920F19" w:rsidRDefault="00920F19" w:rsidP="00920F19">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="eastAsia"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>جناب</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="eastAsia"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>آقا</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="eastAsia"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>دکتر</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ........................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15B8CC7E" w14:textId="77777777" w:rsidR="00920F19" w:rsidRPr="00920F19" w:rsidRDefault="00920F19" w:rsidP="00920F19">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D89B12C" w14:textId="77777777" w:rsidR="00920F19" w:rsidRPr="00920F19" w:rsidRDefault="00920F19" w:rsidP="00920F19">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="565ED60D" w14:textId="77777777" w:rsidR="00920F19" w:rsidRPr="00920F19" w:rsidRDefault="00920F19" w:rsidP="00920F19">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>با</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>سلام،</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CC55A40" w14:textId="1D3F1DB4" w:rsidR="00D01021" w:rsidRPr="00910867" w:rsidRDefault="00920F19" w:rsidP="00920F19">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>احتراما</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ا</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ی</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>نجانب</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ........................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>.......</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">.................................................... </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>بابت</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>قرارداد</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>به</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>شماره</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ......................... </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="eastAsia"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>با</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00920F19">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D01021" w:rsidRPr="00910867">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>عنوان.....................................................................................................................</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>.....</w:t>
+      </w:r>
+      <w:r w:rsidR="00D01021" w:rsidRPr="00910867">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>.................................................................................................................</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A243419" w14:textId="7EABA584" w:rsidR="00D01021" w:rsidRPr="00910867" w:rsidRDefault="00D01021" w:rsidP="00D01021">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00910867">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>مبلغ ........................................................ریال بابت پیش پرداخت دریافت نمودم.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19EF7DD3" w14:textId="77777777" w:rsidR="00D01021" w:rsidRPr="00910867" w:rsidRDefault="00D01021" w:rsidP="00D01021">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13BAB9DB" w14:textId="77777777" w:rsidR="00D01021" w:rsidRPr="00910867" w:rsidRDefault="00D01021" w:rsidP="00D01021">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7D78D4DB" w14:textId="77777777" w:rsidR="00D01021" w:rsidRPr="00910867" w:rsidRDefault="00D01021" w:rsidP="00D01021">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F8ACEA5" w14:textId="77777777" w:rsidR="00D01021" w:rsidRPr="00910867" w:rsidRDefault="00D01021" w:rsidP="00D01021">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B2657CD" w14:textId="77777777" w:rsidR="00D01021" w:rsidRPr="00910867" w:rsidRDefault="00D01021" w:rsidP="00D01021">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00910867">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>با تشکر</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79030E5D" w14:textId="77777777" w:rsidR="00D01021" w:rsidRPr="00910867" w:rsidRDefault="00D01021" w:rsidP="00D01021">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00910867">
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:rFonts w:cs="B Nazanin" w:hint="cs"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>امضا</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="054AFD26" w14:textId="77777777" w:rsidR="00D01021" w:rsidRDefault="00D01021" w:rsidP="00D01021">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Emphasis"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28DE5BEB" w14:textId="77777777" w:rsidR="00D01021" w:rsidRPr="009542DA" w:rsidRDefault="00D01021" w:rsidP="00D01021">
+      <w:pPr>
+        <w:bidi/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="lowKashida"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+          <w:b/>
+          <w:bCs w:val="0"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:rtl/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00D01021" w:rsidRPr="009542DA" w:rsidSect="009D04A4">
+      <w:type w:val="continuous"/>
+      <w:pgSz w:w="12240" w:h="15840"/>
+      <w:pgMar w:top="1440" w:right="1418" w:bottom="568" w:left="851" w:header="426" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B571D1" w:rsidRDefault="00B571D1" w:rsidP="00801400">
+    <w:p w14:paraId="35956C83" w14:textId="77777777" w:rsidR="0056032F" w:rsidRDefault="0056032F" w:rsidP="00801400">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B571D1" w:rsidRDefault="00B571D1" w:rsidP="00801400">
+    <w:p w14:paraId="3E79314C" w14:textId="77777777" w:rsidR="0056032F" w:rsidRDefault="0056032F" w:rsidP="00801400">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Zar">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="IPT.Nazanin.Outline">
-    <w:altName w:val="Symbol"/>
+    <w:altName w:val="G2 Buildings"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Nazanin">
-    <w:panose1 w:val="00000400000000000000"/>
+    <w:altName w:val="Arial"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00002001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+    <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="B Nazanin">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{2CA81DB0-6525-4999-B586-211BC5AF5087}"/>
+    <w:embedBold r:id="rId2" w:fontKey="{390B9EC7-8431-4570-800F-0651B5B3A868}"/>
   </w:font>
   <w:font w:name="B Mitra">
-    <w:altName w:val="Courier New"/>
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="B2"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00002001" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000040" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B571D1" w:rsidRDefault="00B571D1" w:rsidP="00801400">
+    <w:p w14:paraId="58914886" w14:textId="77777777" w:rsidR="0056032F" w:rsidRDefault="0056032F" w:rsidP="00801400">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B571D1" w:rsidRDefault="00B571D1" w:rsidP="00801400">
+    <w:p w14:paraId="5E1A98AF" w14:textId="77777777" w:rsidR="0056032F" w:rsidRDefault="0056032F" w:rsidP="00801400">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00801400" w:rsidRPr="00A70431" w:rsidRDefault="00F174CA" w:rsidP="00801400">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="225FC32A" w14:textId="564892B1" w:rsidR="00801400" w:rsidRPr="00A70431" w:rsidRDefault="00437119" w:rsidP="00437119">
     <w:pPr>
       <w:bidi/>
-      <w:jc w:val="center"/>
+      <w:ind w:left="4320"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3FAC46BB" wp14:editId="4F23278A">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>5415280</wp:posOffset>
+            <wp:posOffset>5612765</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-252730</wp:posOffset>
+            <wp:posOffset>26670</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="477520" cy="529590"/>
-          <wp:effectExtent l="19050" t="0" r="0" b="0"/>
-[...1 lines deleted...]
-          <wp:docPr id="1" name="Picture 1"/>
+          <wp:effectExtent l="0" t="0" r="0" b="3810"/>
+          <wp:wrapThrough wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="2585" y="0"/>
+              <wp:lineTo x="0" y="4662"/>
+              <wp:lineTo x="0" y="20978"/>
+              <wp:lineTo x="20681" y="20978"/>
+              <wp:lineTo x="20681" y="4662"/>
+              <wp:lineTo x="17234" y="0"/>
+              <wp:lineTo x="2585" y="0"/>
+            </wp:wrapPolygon>
+          </wp:wrapThrough>
+          <wp:docPr id="618399838" name="Picture 618399838"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="0" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1"/>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="477520" cy="529590"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:rtl/>
+      </w:rPr>
+      <w:t xml:space="preserve">       </w:t>
+    </w:r>
     <w:r w:rsidR="00801400" w:rsidRPr="00A70431">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
       </w:rPr>
       <w:t>بسمه تعالی</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00801400" w:rsidRPr="004910A6" w:rsidRDefault="00801400" w:rsidP="00801400">
+  <w:p w14:paraId="7EDEB3BF" w14:textId="1286BE8B" w:rsidR="00437119" w:rsidRDefault="00801400" w:rsidP="004910A6">
     <w:pPr>
+      <w:pStyle w:val="Header"/>
       <w:bidi/>
-      <w:ind w:left="-477"/>
+      <w:ind w:left="-79" w:firstLine="79"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
-      </w:rPr>
-[...21 lines deleted...]
-        <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="004910A6">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">     </w:t>
     </w:r>
     <w:r w:rsidR="004910A6">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
-      <w:t xml:space="preserve">  </w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="004910A6">
+    <w:r w:rsidR="00F51DA1">
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial" w:hint="cs"/>
+        <w:b/>
+        <w:bCs w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:rtl/>
+        <w:lang w:eastAsia="en-GB"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="3A764542" w14:textId="77777777" w:rsidR="00437119" w:rsidRDefault="00437119" w:rsidP="00437119">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:bidi/>
+      <w:ind w:left="-79" w:firstLine="79"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:b/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="4010DFB7" w14:textId="77777777" w:rsidR="00437119" w:rsidRDefault="00437119" w:rsidP="00437119">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:bidi/>
+      <w:ind w:left="-79" w:firstLine="79"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        <w:b/>
+        <w:bCs w:val="0"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:rtl/>
+        <w:lang w:eastAsia="en-GB"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="746B0B1B" w14:textId="12B0C7CE" w:rsidR="004910A6" w:rsidRPr="00CC698A" w:rsidRDefault="00437119" w:rsidP="00437119">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+      <w:bidi/>
+      <w:ind w:left="-79" w:firstLine="79"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:lang w:eastAsia="en-GB"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin" w:hint="cs"/>
+        <w:sz w:val="20"/>
+        <w:szCs w:val="20"/>
+        <w:rtl/>
+        <w:lang w:eastAsia="en-GB"/>
+      </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidRPr="00CC698A">
+    <w:r w:rsidR="00801400" w:rsidRPr="00CC698A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">دانشگاه صنعتي </w:t>
     </w:r>
     <w:r w:rsidR="004910A6" w:rsidRPr="00CC698A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve">سهند  </w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00801400" w:rsidRPr="00CC698A" w:rsidRDefault="006C17F3" w:rsidP="00343E25">
+  <w:p w14:paraId="499607A4" w14:textId="26CBE52A" w:rsidR="00801400" w:rsidRPr="00CC698A" w:rsidRDefault="00343E25" w:rsidP="00437119">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:bidi/>
-      <w:ind w:left="-79" w:firstLine="79"/>
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00CC698A">
-      <w:rPr>
-[...28 lines deleted...]
-    <w:r w:rsidR="00343E25" w:rsidRPr="00CC698A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t>معاونت پژوهش</w:t>
     </w:r>
     <w:r w:rsidR="00801400" w:rsidRPr="00CC698A">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="B Nazanin"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:rtl/>
         <w:lang w:eastAsia="en-GB"/>
       </w:rPr>
       <w:t xml:space="preserve"> و فناوری</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00801400" w:rsidRPr="00AA6F2F" w:rsidRDefault="00801400" w:rsidP="00801400">
+  <w:p w14:paraId="1BAFE9BC" w14:textId="77777777" w:rsidR="00801400" w:rsidRPr="00AA6F2F" w:rsidRDefault="00801400" w:rsidP="00801400">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:cs="B Mitra"/>
         <w:b/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00801400" w:rsidRPr="00AA6F2F" w:rsidRDefault="00801400">
+  <w:p w14:paraId="46A68BE4" w14:textId="77777777" w:rsidR="00801400" w:rsidRPr="00AA6F2F" w:rsidRDefault="00801400">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:cs="B Mitra"/>
         <w:b/>
         <w:bCs w:val="0"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:abstractNum w:abstractNumId="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DFA32A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7354CC0E"/>
     <w:lvl w:ilvl="0" w:tplc="64440CE0">
       <w:start w:val="2"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="B Zar" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3001,227 +3808,246 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="794370490">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:embedTrueTypeFonts/>
+  <w:saveSubsetFonts/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000605A8"/>
     <w:rsid w:val="00002E37"/>
     <w:rsid w:val="00054190"/>
     <w:rsid w:val="000605A8"/>
     <w:rsid w:val="000837E2"/>
+    <w:rsid w:val="00085615"/>
     <w:rsid w:val="00094765"/>
     <w:rsid w:val="000A610A"/>
     <w:rsid w:val="000C7D4B"/>
+    <w:rsid w:val="000F2E4A"/>
     <w:rsid w:val="000F4B9E"/>
     <w:rsid w:val="001C7DB3"/>
-    <w:rsid w:val="001D5105"/>
     <w:rsid w:val="00203FAD"/>
     <w:rsid w:val="00255851"/>
     <w:rsid w:val="002728D1"/>
     <w:rsid w:val="002B38F3"/>
     <w:rsid w:val="002C00D5"/>
     <w:rsid w:val="00343E25"/>
     <w:rsid w:val="003A15E3"/>
+    <w:rsid w:val="00405EF9"/>
+    <w:rsid w:val="00437119"/>
     <w:rsid w:val="00451E73"/>
     <w:rsid w:val="00472FEF"/>
     <w:rsid w:val="004910A6"/>
     <w:rsid w:val="004C05FB"/>
     <w:rsid w:val="004F0708"/>
     <w:rsid w:val="005505AB"/>
+    <w:rsid w:val="0056032F"/>
     <w:rsid w:val="0057647E"/>
     <w:rsid w:val="005A4276"/>
     <w:rsid w:val="005B775A"/>
+    <w:rsid w:val="005E5276"/>
     <w:rsid w:val="0061257B"/>
     <w:rsid w:val="0061448F"/>
     <w:rsid w:val="00646407"/>
     <w:rsid w:val="00653D00"/>
     <w:rsid w:val="006673EE"/>
     <w:rsid w:val="006906D0"/>
     <w:rsid w:val="006A0437"/>
     <w:rsid w:val="006C17F3"/>
     <w:rsid w:val="00701771"/>
+    <w:rsid w:val="007120F2"/>
     <w:rsid w:val="007522F5"/>
-    <w:rsid w:val="00754748"/>
     <w:rsid w:val="00764312"/>
+    <w:rsid w:val="007721E6"/>
     <w:rsid w:val="00781C13"/>
     <w:rsid w:val="007E7F2D"/>
     <w:rsid w:val="00801400"/>
     <w:rsid w:val="00815C8D"/>
     <w:rsid w:val="008361BA"/>
     <w:rsid w:val="008465A7"/>
     <w:rsid w:val="0085704D"/>
     <w:rsid w:val="00870C1E"/>
     <w:rsid w:val="00882A16"/>
     <w:rsid w:val="0088300C"/>
     <w:rsid w:val="008D35C7"/>
     <w:rsid w:val="008E05CD"/>
     <w:rsid w:val="008F6AD5"/>
+    <w:rsid w:val="00910867"/>
     <w:rsid w:val="0091246A"/>
     <w:rsid w:val="009208C9"/>
+    <w:rsid w:val="00920F19"/>
     <w:rsid w:val="00931388"/>
     <w:rsid w:val="009476DC"/>
     <w:rsid w:val="009542DA"/>
+    <w:rsid w:val="009D04A4"/>
     <w:rsid w:val="009E10FC"/>
     <w:rsid w:val="009F271F"/>
+    <w:rsid w:val="009F6D9F"/>
     <w:rsid w:val="00A064A3"/>
     <w:rsid w:val="00A06704"/>
     <w:rsid w:val="00A22343"/>
     <w:rsid w:val="00A26D8E"/>
     <w:rsid w:val="00A35895"/>
     <w:rsid w:val="00A44A52"/>
     <w:rsid w:val="00A70431"/>
     <w:rsid w:val="00A86E08"/>
     <w:rsid w:val="00AA6F2F"/>
     <w:rsid w:val="00AC57DD"/>
     <w:rsid w:val="00AD047C"/>
-    <w:rsid w:val="00AF6E21"/>
     <w:rsid w:val="00B518A6"/>
-    <w:rsid w:val="00B571D1"/>
     <w:rsid w:val="00B63D39"/>
     <w:rsid w:val="00BE1D3B"/>
     <w:rsid w:val="00C06261"/>
     <w:rsid w:val="00C15844"/>
     <w:rsid w:val="00C60604"/>
+    <w:rsid w:val="00C95978"/>
     <w:rsid w:val="00CC698A"/>
     <w:rsid w:val="00CD5A0E"/>
     <w:rsid w:val="00CD5C3C"/>
     <w:rsid w:val="00CE61AC"/>
-    <w:rsid w:val="00D4159F"/>
+    <w:rsid w:val="00CF6D0E"/>
+    <w:rsid w:val="00D01021"/>
+    <w:rsid w:val="00D379D2"/>
     <w:rsid w:val="00D56544"/>
     <w:rsid w:val="00D65C2F"/>
     <w:rsid w:val="00D838CA"/>
-    <w:rsid w:val="00D8655E"/>
     <w:rsid w:val="00DB57EF"/>
     <w:rsid w:val="00DC6FCB"/>
+    <w:rsid w:val="00DE0727"/>
     <w:rsid w:val="00DF3D39"/>
+    <w:rsid w:val="00E00989"/>
     <w:rsid w:val="00E57D0B"/>
     <w:rsid w:val="00EA304B"/>
     <w:rsid w:val="00EA7325"/>
     <w:rsid w:val="00EB0F0B"/>
     <w:rsid w:val="00EC2087"/>
-    <w:rsid w:val="00F174CA"/>
+    <w:rsid w:val="00F373C7"/>
     <w:rsid w:val="00F47C5E"/>
+    <w:rsid w:val="00F51DA1"/>
     <w:rsid w:val="00F741F7"/>
     <w:rsid w:val="00F8787A"/>
     <w:rsid w:val="00F936D9"/>
     <w:rsid w:val="00FA2696"/>
     <w:rsid w:val="00FA545C"/>
+    <w:rsid w:val="00FB11FC"/>
     <w:rsid w:val="00FB38C2"/>
     <w:rsid w:val="00FE184D"/>
+    <w:rsid w:val="00FF486D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{022A14FF-ED81-4A5A-B289-5C7B2058DE96}"/>
+  <w:listSeparator w:val=","/>
+  <w14:docId w14:val="318C16E4"/>
+  <w15:docId w15:val="{09C7B487-5E15-402C-B7BC-7EC708EA3393}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -3542,50 +4368,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00882A16"/>
     <w:rPr>
       <w:rFonts w:ascii="IPT.Nazanin.Outline" w:hAnsi="IPT.Nazanin.Outline" w:cs="Nazanin"/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
@@ -3630,61 +4461,92 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:rsid w:val="00801400"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4680"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
     <w:rsid w:val="00801400"/>
     <w:rPr>
       <w:rFonts w:ascii="IPT.Nazanin.Outline" w:hAnsi="IPT.Nazanin.Outline" w:cs="Nazanin"/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:bidi="fa-IR"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D01021"/>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="2128618395">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
+  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font2.odttf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/font" Target="fonts/font1.odttf"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.wmf"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -3932,70 +4794,70 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>1944</Characters>
+  <Pages>2</Pages>
+  <Words>278</Words>
+  <Characters>2553</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>21</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>فرم شماره 1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Sahand</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2281</CharactersWithSpaces>
+  <CharactersWithSpaces>2826</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>فرم شماره 1</dc:title>
   <dc:creator>Dr. daneshvar</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>